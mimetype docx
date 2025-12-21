--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -1463,92 +1463,99 @@
       </w:pPr>
       <w:r w:rsidRPr="00CE2B84">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3°. een indicatie van fraude; of</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CE2B84" w:rsidR="00CE2B84" w:rsidP="00CE2B84" w:rsidRDefault="00CE2B84" w14:paraId="2C601F5C" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE2B84">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4°. een belastingschuld of toeslagschuld boven een door de ontvanger gehanteerd normbedrag.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CE2B84" w:rsidR="00CE2B84" w:rsidP="00CE2B84" w:rsidRDefault="00CE2B84" w14:paraId="7E9FCD75" w14:textId="6898D1A3">
+    <w:p w:rsidRPr="00CE2B84" w:rsidR="00CE2B84" w:rsidP="00CE2B84" w:rsidRDefault="00CE2B84" w14:paraId="7E9FCD75" w14:textId="522D2479">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE2B84">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">De tegemoetkoming bedraagt € 500 per </w:t>
       </w:r>
       <w:r w:rsidR="00783973">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MSNP-verzoek</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE2B84">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dat door de ontvanger is afgewezen</w:t>
       </w:r>
       <w:r w:rsidRPr="00783973" w:rsidR="00783973">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, met dien verstande dat opeenvolgende MSNP-verzoeken die binnen een periode van 240 dagen na elkaar worden gedaan, als een verzoek worden aangemerkt en die periode steeds aanvangt op de datum waarop de ontvanger het eerst ontvangen MSNP-verzoek onterecht heeft afgewezen</w:t>
+      </w:r>
+      <w:r w:rsidR="00947DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE2B84" w:rsidP="00CE2B84" w:rsidRDefault="00CE2B84" w14:paraId="5399F4D1" w14:textId="026E3DC6">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE2B84">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>De tegemoetkoming blijft achterwege indien de afwijzing het gevolg is van een opgelegde vergrijpboete, een strafrechtelijke veroordeling, fraude met betrekking tot toeslagschulden of indien er naast de grond voor afwijzing, bedoeld in het eerste lid, een andere grond voor de afwijzing bestond en de reden voor de afwijzing is opgenomen in de afwijzingsbrief.</w:t>
       </w:r>
     </w:p>
@@ -2437,58 +2444,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">De persoon die samen met de belanghebbende die in aanmerking komt dan wel in aanmerking zou zijn gekomen indien deze belanghebbende niet was overleden voor de toekenning van de tegemoetkoming, bedoeld in artikel 2, eerste lid, heeft gepoogd tot een buitengerechtelijke schuldregeling te komen voor al hun beider schulden door gezamenlijk </w:t>
       </w:r>
       <w:r w:rsidRPr="00C537A6" w:rsidR="00C537A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>een MSNP-verzoek te doen</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE2B84">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> en er tussen deze persoon en de belanghebbende sprake is geweest van een gemeenschap van goederen als bedoeld in artikel 94 van Boek 1 van het Burgerlijk Wetboek ten tijde van het doen van </w:t>
       </w:r>
       <w:r w:rsidRPr="00C537A6" w:rsidR="00C537A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>het MSNP-verzoek</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">het MSNP-verzoek </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE2B84">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>komt op aanvraag in aanmerking voor de tegemoetkoming, bedoeld in artikel 2, eerste lid, het bedrag gelijk aan de afloscapaciteit, bedoeld in artikel 3, eerste lid, het bedrag gelijk aan de betaalde en verrekende bedragen, bedoeld in artikel 4, de kwijtschelding van belastingschulden, bedoeld in artikel 5 en de kwijtschelding van toeslagschulden, bedoeld in artikel 31ter van de Algemene wet inkomensafhankelijke regelingen, indien die persoon niet zelf een afwijzing heeft ontvangen als bedoeld in artikel 2, eerste lid.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CE2B84" w:rsidR="00CE2B84" w:rsidP="00CE2B84" w:rsidRDefault="00CE2B84" w14:paraId="0939DDBC" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CE2B84" w:rsidP="00CE2B84" w:rsidRDefault="00CE2B84" w14:paraId="71058DDC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -3685,52 +3685,52 @@
     </w:p>
     <w:p w:rsidR="000878E8" w:rsidP="000878E8" w:rsidRDefault="000878E8" w14:paraId="08773AA1" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="000878E8" w:rsidR="000878E8" w:rsidP="000878E8" w:rsidRDefault="000878E8" w14:paraId="61D15533" w14:textId="2420E2FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>De Staatssecretaris van Financiën,</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="000878E8" w:rsidR="000878E8" w:rsidSect="00A11E73">
-      <w:footerReference w:type="even" r:id="rId7"/>
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="357" w:footer="1440" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="71521D64" w14:textId="77777777" w:rsidR="00CE2B84" w:rsidRDefault="00CE2B84">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5442AA6F" w14:textId="77777777" w:rsidR="00CE2B84" w:rsidRDefault="00CE2B84">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
@@ -4623,120 +4623,122 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1693338274">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="878737888">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="12198188">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1469979923">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="201213797">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="104276359">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CE2B84"/>
     <w:rsid w:val="00012DBE"/>
     <w:rsid w:val="000878E8"/>
     <w:rsid w:val="000A1D81"/>
     <w:rsid w:val="00111ED3"/>
     <w:rsid w:val="00152A69"/>
     <w:rsid w:val="001C190E"/>
     <w:rsid w:val="002168F4"/>
     <w:rsid w:val="002A727C"/>
     <w:rsid w:val="005D2707"/>
     <w:rsid w:val="00606255"/>
     <w:rsid w:val="006B607A"/>
     <w:rsid w:val="00783973"/>
     <w:rsid w:val="007D451C"/>
     <w:rsid w:val="00826224"/>
     <w:rsid w:val="00930A23"/>
+    <w:rsid w:val="00947DDC"/>
     <w:rsid w:val="009B584A"/>
     <w:rsid w:val="009C7354"/>
     <w:rsid w:val="009E6D7F"/>
     <w:rsid w:val="00A11E73"/>
     <w:rsid w:val="00A2521E"/>
     <w:rsid w:val="00AA22CD"/>
     <w:rsid w:val="00AE1D30"/>
     <w:rsid w:val="00AE436A"/>
     <w:rsid w:val="00C135B1"/>
     <w:rsid w:val="00C537A6"/>
     <w:rsid w:val="00C92DF8"/>
     <w:rsid w:val="00CB3578"/>
     <w:rsid w:val="00CD2FEC"/>
     <w:rsid w:val="00CE2B84"/>
     <w:rsid w:val="00D20AFA"/>
     <w:rsid w:val="00D55648"/>
     <w:rsid w:val="00D91AB9"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E36EE9"/>
     <w:rsid w:val="00F13442"/>
     <w:rsid w:val="00F956D4"/>
     <w:rsid w:val="00FA73C1"/>
+    <w:rsid w:val="00FE4B94"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -5845,52 +5847,51 @@
   <w:style w:type="character" w:styleId="Paginanummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:rsid w:val="002168F4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Lijstalinea">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standaard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CE2B84"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\GriffieSjablonen\wet.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6142,90 +6143,96 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>9</ap:Pages>
   <ap:Words>3381</ap:Words>
-  <ap:Characters>20011</ap:Characters>
+  <ap:Characters>20012</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:Lines>166</ap:Lines>
   <ap:Paragraphs>46</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>23346</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>23347</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>737000711</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_EmailSubject">
     <vt:lpwstr>Sjablonen amendementen en voorstellen van wet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_AuthorEmail">
     <vt:lpwstr>M.Geenen@sdu.nl</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Geenen, Michel</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_PreviousAdHocReviewCycleID">
     <vt:i4>-1389537874</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ReviewingToolsShownOnce">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ContentTypeId">
+    <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Order">
+    <vt:r8>100</vt:r8>
+  </property>
 </Properties>
 </file>