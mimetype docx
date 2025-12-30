--- v0 (2025-11-09)
+++ v1 (2025-12-30)
@@ -41,84 +41,141 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6590"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00F13442" w14:paraId="293B7CE3" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9142" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00B810CA" w:rsidR="00CB3578" w:rsidP="00B810CA" w:rsidRDefault="00B810CA" w14:paraId="5CA10B4D" w14:textId="33D9F2C5">
+          <w:p w:rsidRPr="00B810CA" w:rsidR="00CB3578" w:rsidP="00B810CA" w:rsidRDefault="00B810CA" w14:paraId="5CA10B4D" w14:textId="4BD2F288">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B810CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Bijgewerkt t/m nr. 7 (</w:t>
+              <w:t xml:space="preserve">Bijgewerkt t/m nr. </w:t>
+            </w:r>
+            <w:r w:rsidR="006260A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B810CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="006260A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006260A0" w:rsidR="006260A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="006260A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B810CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>NvW</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B810CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> d.d. 7 juni 2025)</w:t>
+              <w:t xml:space="preserve"> d.d.</w:t>
+            </w:r>
+            <w:r w:rsidR="006260A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 november </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B810CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>2025)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="36B5B03A" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -2868,129 +2925,158 @@
       <w:r w:rsidRPr="009A105F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Artikel 7.1.4 van de Wet educatie en beroepsonderwijs komt te luiden: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="6C30D048" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="27B34B60" w14:textId="77777777">
+    <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="27B34B60" w14:textId="79640161">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A105F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Artikel 7.1.4. Ondersteuning bij het beroepsonderwijs aan zieke studenten</w:t>
+        <w:t>Artikel 7.1.4. Ondersteuning bij het onderwijs aan zieke studenten</w:t>
+      </w:r>
+      <w:r w:rsidR="006260A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006260A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vavo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006260A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-studenten</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="245F6709" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A105F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="7B0090D8" w14:textId="77777777">
-[...27 lines deleted...]
-        <w:t xml:space="preserve">1. Het bevoegd gezag kan worden ondersteund bij het geven van beroepsonderwijs aan een zieke student, indien die student: </w:t>
+    <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="7B0090D8" w14:textId="69D8F4E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A105F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Het bevoegd gezag kan worden ondersteund bij het geven van onderwijs aan een zieke student, indien die: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="5FC1A0BC" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009A105F">
@@ -3073,79 +3159,129 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009A105F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3. De ondersteuning kan ook bestaan uit het geven van onderwijs aan de zieke student, indien daarover overeenstemming bestaat tussen de rechtspersoon en de instelling waarbij de student is ingeschreven.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="38AAF2B1" w14:textId="77777777">
-[...27 lines deleted...]
-        <w:t>4. In dit artikel wordt onder zieke student verstaan: student die door ziekte die zich uit in lichamelijke klachten tijdelijk niet of tijdelijk niet volledig in staat is deel te nemen aan het beroepsonderwijs.</w:t>
+    <w:p w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="38AAF2B1" w14:textId="3B5E306C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A105F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. In dit artikel wordt onder zieke student verstaan: student</w:t>
+      </w:r>
+      <w:r w:rsidR="006260A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006260A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vavo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006260A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-student</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A105F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> die door ziekte die zich uit in lichamelijke klachten tijdelijk niet of tijdelijk niet volledig in staat is deel te nemen aan het beroepsonderwijs</w:t>
+      </w:r>
+      <w:r w:rsidR="006260A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of aan een opleiding voortgezet algemeen volwassenenonderwijs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A105F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="112D3503" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="0E577D39" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -3557,50 +3693,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4. In dit artikel wordt onder zieke leerling verstaan: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="022D5C08" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A105F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>leerling die door ziekte die zich uit in lichamelijke klachten tijdelijk niet of tijdelijk niet volledig in staat is deel te nemen aan het onderwijs.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="21304619" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="53FDE07C" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
@@ -3970,79 +4107,95 @@
       </w:pPr>
       <w:r w:rsidRPr="009A105F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="51948764" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="4A1ADBFF" w14:textId="77777777">
-[...27 lines deleted...]
-        <w:t xml:space="preserve">Titel 5 van hoofdstuk II vervalt. </w:t>
+    <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="4A1ADBFF" w14:textId="78744C94">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A105F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Titel 5 van hoofdstuk </w:t>
+      </w:r>
+      <w:r w:rsidR="006260A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A105F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vervalt. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="0376A938" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidP="009A105F" w:rsidRDefault="009A105F" w14:paraId="7A468C2D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -5439,72 +5592,72 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">De Minister voor Primair en Voortgezet Onderwijs, </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="009A105F" w:rsidR="009A105F" w:rsidSect="00A11E73">
       <w:footerReference w:type="even" r:id="rId6"/>
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="357" w:footer="1440" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5371CFAF" w14:textId="77777777" w:rsidR="009A105F" w:rsidRDefault="009A105F">
+    <w:p w14:paraId="6700FED5" w14:textId="77777777" w:rsidR="00FC098E" w:rsidRDefault="00FC098E">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FB1094B" w14:textId="77777777" w:rsidR="009A105F" w:rsidRDefault="009A105F">
+    <w:p w14:paraId="420E7987" w14:textId="77777777" w:rsidR="00FC098E" w:rsidRDefault="00FC098E">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="72473084" w14:textId="77777777" w:rsidR="009A105F" w:rsidRDefault="009A105F">
+    <w:p w14:paraId="306A50F8" w14:textId="77777777" w:rsidR="00FC098E" w:rsidRDefault="00FC098E">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
@@ -5631,65 +5784,65 @@
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="002168F4">
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="17B9B84A" w14:textId="77777777" w:rsidR="002168F4" w:rsidRPr="002168F4" w:rsidRDefault="002168F4" w:rsidP="002168F4">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38BD22F7" w14:textId="77777777" w:rsidR="009A105F" w:rsidRDefault="009A105F">
+    <w:p w14:paraId="3CF5264A" w14:textId="77777777" w:rsidR="00FC098E" w:rsidRDefault="00FC098E">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EAAB917" w14:textId="77777777" w:rsidR="009A105F" w:rsidRDefault="009A105F">
+    <w:p w14:paraId="341A8FD8" w14:textId="77777777" w:rsidR="00FC098E" w:rsidRDefault="00FC098E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
@@ -5697,71 +5850,74 @@
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009A105F"/>
     <w:rsid w:val="00012DBE"/>
     <w:rsid w:val="000A1D81"/>
     <w:rsid w:val="00111ED3"/>
     <w:rsid w:val="001C190E"/>
     <w:rsid w:val="002168F4"/>
     <w:rsid w:val="002A727C"/>
     <w:rsid w:val="005D2707"/>
     <w:rsid w:val="00606255"/>
+    <w:rsid w:val="006260A0"/>
     <w:rsid w:val="006B607A"/>
     <w:rsid w:val="007D451C"/>
     <w:rsid w:val="00826224"/>
+    <w:rsid w:val="00853164"/>
     <w:rsid w:val="00930A23"/>
     <w:rsid w:val="009A105F"/>
     <w:rsid w:val="009C7354"/>
     <w:rsid w:val="009E6D7F"/>
     <w:rsid w:val="00A11E73"/>
     <w:rsid w:val="00A2521E"/>
     <w:rsid w:val="00AE436A"/>
     <w:rsid w:val="00B810CA"/>
     <w:rsid w:val="00C135B1"/>
     <w:rsid w:val="00C92DF8"/>
     <w:rsid w:val="00CB3578"/>
     <w:rsid w:val="00D20AFA"/>
     <w:rsid w:val="00D55648"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E36EE9"/>
     <w:rsid w:val="00F13442"/>
     <w:rsid w:val="00F16E19"/>
     <w:rsid w:val="00F956D4"/>
+    <w:rsid w:val="00FC098E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -6198,50 +6354,51 @@
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Eindnoottekst">
     <w:name w:val="endnote text"/>
@@ -7244,73 +7401,73 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>7</ap:Pages>
-  <ap:Words>1783</ap:Words>
-  <ap:Characters>9695</ap:Characters>
+  <ap:Words>1778</ap:Words>
+  <ap:Characters>9781</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>80</ap:Lines>
-  <ap:Paragraphs>22</ap:Paragraphs>
+  <ap:Lines>81</ap:Lines>
+  <ap:Paragraphs>23</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>11456</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>11536</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>737000711</vt:i4>