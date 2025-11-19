--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -41,84 +41,157 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6590"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00F13442" w14:paraId="53B1C0F6" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9142" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00944CA4" w:rsidR="00CB3578" w:rsidP="00944CA4" w:rsidRDefault="00944CA4" w14:paraId="59B6C509" w14:textId="20D26DDF">
+          <w:p w:rsidRPr="00944CA4" w:rsidR="00CB3578" w:rsidP="00944CA4" w:rsidRDefault="00944CA4" w14:paraId="59B6C509" w14:textId="3708CCB5">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944CA4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Bijgewerkt t/m nr. 6 (</w:t>
+              <w:t xml:space="preserve">Bijgewerkt t/m nr. </w:t>
+            </w:r>
+            <w:r w:rsidR="007D2926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00944CA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="007D2926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D2926" w:rsidR="007D2926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="007D2926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00944CA4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>NvW</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00944CA4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> d.d. 11 juni 2025)</w:t>
+              <w:t xml:space="preserve"> d.d. 1</w:t>
+            </w:r>
+            <w:r w:rsidR="007D2926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00944CA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007D2926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>november 2025</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00944CA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="426AC7A2" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -550,79 +623,103 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Allen, die deze zullen zien of horen lezen, saluut! doen te weten:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="7C91BFB3" w14:textId="53DE7731">
-[...27 lines deleted...]
-        <w:t>Alzo Wij in overweging genomen hebben, dat de uitvoering van Richtlijn (EU) 2022/2464 van het Europees Parlement en de Raad van 14 december 2022 tot wijziging van Verordening (EU) nr. 537/2015, Richtlijn 2006/43/EG en Richtlijn 2013/34/EU, met betrekking tot duurzaamheidsrapportering door ondernemingen (</w:t>
+    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="7C91BFB3" w14:textId="11857840">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Alzo Wij in overweging genomen hebben, dat de uitvoering van Richtlijn (EU) 2022/2464 van het Europees Parlement en de Raad van 14 december 2022 tot wijziging van Verordening (EU) nr. 537/201</w:t>
+      </w:r>
+      <w:r w:rsidR="00A107D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Richtlijn 2004/109/EG</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Richtlijn 2006/43/EG en Richtlijn 2013/34/EU, met betrekking tot duurzaamheidsrapportering door ondernemingen (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PbEU</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2022, L 322) noopt tot aanpassing van de Wet toezicht accountantsorganisaties, de Wet op het financieel toezicht, het Burgerlijk Wetboek en enige andere wetten;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="7E742BA9" w14:textId="188F7E07">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
@@ -1834,97 +1931,113 @@
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Artikel 1, eerste lid, wordt gewijzigd als volgt:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="1D9CE49F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="26FB5F96" w14:textId="6B2C04DB">
+    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="26FB5F96" w14:textId="7B1253B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. In onderdeel a, wordt na “die bedrijfsmatig wettelijke controles” ingevoegd “of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>assurance</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>-onderzoeken van duurzaamheidsrapportering”.</w:t>
+        <w:t xml:space="preserve">-onderzoeken van </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>duurzaamheidsrapportering”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="148EBD56" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -7256,97 +7369,113 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">b. het boekjaar onmiddellijk voorafgaand aan de periode bedoeld in onderdeel a, met betrekking tot de in artikel 5, eerste lid, punt e, van de EU-verordening bedoelde diensten. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="3D27A542" w14:textId="59716AE2">
+    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="3D27A542" w14:textId="5449ACA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Een accountantsorganisatie die onderdeel uitmaakt van een netwerk, verricht geen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>assurance</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>-onderzoek van duurzaamheidsrapportering bij een organisatie van openbaar belang indien:</w:t>
+        <w:t xml:space="preserve">-onderzoek van </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>duurzaamheidsrapportering bij een organisatie van openbaar belang indien:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="34FBB6D5" w14:textId="6F1E53DD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
@@ -11291,71 +11420,87 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2. Aan het tweede lid wordt, onder vervanging van de punt aan het slot van  dat lid door een puntkomma, een onderdeel toegevoegd, luidende:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="04613F73" w14:textId="77777777">
-[...19 lines deleted...]
-        <w:t>m. de datum van een doorhaling van een aantekening als bedoeld in onderdeel i.</w:t>
+    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="04613F73" w14:textId="0A6A5DF8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m. de datum van een doorhaling van een aantekening als bedoeld in onderdeel </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="21CBD387" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Hlk154587903" w:id="31"/>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="237EB717" w14:textId="181F4451">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
@@ -12953,51 +13098,126 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. In het eerste lid, onderdeel a, wordt na “van voornoemde richtlijn” ingevoegd “en, indien van toepassing, tevens is toegelaten tot het verrichten van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>assurance</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">-onderzoeken van de duurzaamheidsrapportering, als bedoeld in artikel 1, onderdeel 22, van voornoemde richtlijn,”. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="27A6B7B3" w14:textId="77777777">
+    <w:p w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="27A6B7B3" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="002C1AC2" w:rsidR="00BF4350" w:rsidP="00BF4350" w:rsidRDefault="00BF4350" w14:paraId="43EAF2C7" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1AC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="002C1AC2" w:rsidR="00BF4350" w:rsidP="00BF4350" w:rsidRDefault="00BF4350" w14:paraId="277086B3" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="002C1AC2" w:rsidR="00BF4350" w:rsidP="00BF4350" w:rsidRDefault="00BF4350" w14:paraId="22EC42AB" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF4350">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C1AC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>In paragraaf 8.1 worden de artikelen 57 en 57a vernummerd tot 56a en 56b.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF4350" w:rsidP="00CD4993" w:rsidRDefault="00BF4350" w14:paraId="5C7501B9" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="41E20879" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -13293,50 +13513,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="53AACB8B" w14:textId="5277D229">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">De verplichtingen en voorschriften bedoeld in artikel 46 wat betreft de vakgebieden en eindtermen voor het verrichten van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>assurance</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
@@ -13352,51 +13573,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> zijn niet van toepassing op:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="5A4F7B45" w14:textId="59C65F49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a. een accountant die voor 1 januari 2024 is ingeschreven in het register als bedoeld in artikel 36 met de aantekening voor het uitvoeren van wettelijke controles als bedoeld in het tweede lid, onderdeel i van dat artikel; en</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="3638F5DC" w14:textId="2A425F0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -13800,51 +14020,173 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4. Voor zover bepaald bij of krachtens deze titel, is deze titel eveneens van toepassing op bijkantoren.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="3747EA14" w14:textId="77777777">
+    <w:p w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="3747EA14" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B87574" w:rsidR="00B87574" w:rsidP="00B87574" w:rsidRDefault="00B87574" w14:paraId="56F4FCFA" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B87574">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ca</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B87574" w:rsidR="00B87574" w:rsidP="00B87574" w:rsidRDefault="00B87574" w14:paraId="0F99DE9D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B87574" w:rsidR="00B87574" w:rsidP="00B87574" w:rsidRDefault="00B87574" w14:paraId="1CFDD92C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B87574">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">In de aanhef van artikel 391a, tweede lid, wordt “het opnemen van informatie in het </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B87574">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bestuursverslag</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B87574">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vervangen door “het opnemen en openbaar maken van informatie in het </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B87574">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bestuursverslag</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B87574">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CD4993" w:rsidR="00B87574" w:rsidP="00CD4993" w:rsidRDefault="00B87574" w14:paraId="58B48DD8" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="5CEBE272" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -14088,60 +14430,51 @@
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. In het vijfde lid, onderdeel e, wordt "of het bestuursverslag overeenkomstig deze titel is opgesteld” vervangen door “of het bestuursverslag, met uitzondering van de </w:t>
-[...8 lines deleted...]
-        <w:t>duurzaamheidsrapportering, genoemd in de desbetreffende algemene maatregel van bestuur krachtens artikel 391a lid 2, overeenkomstig deze titel is opgesteld”.</w:t>
+        <w:t>2. In het vijfde lid, onderdeel e, wordt "of het bestuursverslag overeenkomstig deze titel is opgesteld” vervangen door “of het bestuursverslag, met uitzondering van de duurzaamheidsrapportering, genoemd in de desbetreffende algemene maatregel van bestuur krachtens artikel 391a lid 2, overeenkomstig deze titel is opgesteld”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="0374C93F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="3259313B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -14587,51 +14920,60 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1°. </w:t>
       </w:r>
       <w:r w:rsidR="00D909B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">aarvan effecten zijn toegelaten tot de handel op een gereglementeerde markt als bedoeld in artikel 1:1 van de Wet op het financieel toezicht van een lidstaat en die niet op twee opeenvolgende balansdata, zonder onderbreking nadien op twee opeenvolgende balansdata, heeft voldaan aan ten minste twee van de drie vereisten als bedoeld in artikel 395a lid 1 en lid 2, eerste volzin; of </w:t>
+        <w:t xml:space="preserve">aarvan effecten zijn toegelaten tot de handel op een gereglementeerde markt als bedoeld in artikel 1:1 van de Wet op het financieel toezicht van een lidstaat en die niet op twee opeenvolgende balansdata, zonder onderbreking nadien op twee opeenvolgende </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">balansdata, heeft voldaan aan ten minste twee van de drie vereisten als bedoeld in artikel 395a lid 1 en lid 2, eerste volzin; of </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="71D63D49" w14:textId="765EB12C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
@@ -14665,60 +15007,51 @@
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">d. een vennootschap als genoemd in artikel 360 leden 1 en 2 of een organisatie van openbaar belang als bedoeld in artikel 398 lid 7, onderdelen b en c, die aan het hoofd staat van </w:t>
-[...8 lines deleted...]
-        <w:t>een groep als bedoeld in artikel 24b, indien die groep op geconsolideerde basis op twee opeenvolgende balansdata, zonder onderbreking nadien op twee opeenvolgende balansdata van de vennootschap of organisatie die aan het hoofd staat van de groep, niet heeft voldaan aan ten minste twee van de drie vereisten, bedoeld in artikel 397 lid 1 en lid 2, eerste volzin.</w:t>
+        <w:t>d. een vennootschap als genoemd in artikel 360 leden 1 en 2 of een organisatie van openbaar belang als bedoeld in artikel 398 lid 7, onderdelen b en c, die aan het hoofd staat van een groep als bedoeld in artikel 24b, indien die groep op geconsolideerde basis op twee opeenvolgende balansdata, zonder onderbreking nadien op twee opeenvolgende balansdata van de vennootschap of organisatie die aan het hoofd staat van de groep, niet heeft voldaan aan ten minste twee van de drie vereisten, bedoeld in artikel 397 lid 1 en lid 2, eerste volzin.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00163774" w14:paraId="0E217252" w14:textId="0B64F16C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993" w:rsidR="00CD4993">
@@ -15351,60 +15684,51 @@
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. In het vijfde lid wordt “de accountant die belast is geweest met het onderzoek van de jaarrekening” vervangen door “de accountant die met het onderzoek van de jaarrekening of </w:t>
-[...8 lines deleted...]
-        <w:t>van de duurzaamheidsrapportering, genoemd in de desbetreffende algemene maatregel van bestuur krachtens artikel 391a lid 2, belast is geweest”.</w:t>
+        <w:t>2. In het vijfde lid wordt “de accountant die belast is geweest met het onderzoek van de jaarrekening” vervangen door “de accountant die met het onderzoek van de jaarrekening of van de duurzaamheidsrapportering, genoemd in de desbetreffende algemene maatregel van bestuur krachtens artikel 391a lid 2, belast is geweest”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="34B70502" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="6C47F5C4" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -15538,79 +15862,95 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ARTIKEL V</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="65A4B06F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="7A118AF5" w14:textId="46504736">
-[...27 lines deleted...]
-        <w:t>In artikel 1, onder 4°, van de Wet op de economische delicten wordt in de zinsnede met betrekking tot het Burgerlijk Wetboek, Boek 2 (Rechtspersonen) “391a, tweede lid, 393, eerste lid” vervangen door “391a, tweede lid, voor zover het de openbaarmaking betreft, 393, eerste lid, 393a, eerste lid, eerste zin”.</w:t>
+    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="7A118AF5" w14:textId="19E186DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In artikel 1, onder 4°, van de Wet op de economische delicten wordt in de zinsnede met betrekking tot het Burgerlijk Wetboek, Boek 2 (Rechtspersonen) “391a, tweede lid, 393, eerste lid” vervangen door “391a, tweede lid, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aanhef, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>voor zover het de openbaarmaking betreft, 393, eerste lid, 393a, eerste lid, eerste zin”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="0E0CC3C8" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="1ABF7CFE" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
@@ -16954,60 +17294,51 @@
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">In de artikelen 1, onderdeel d, aanhef en onder 5º en onder 7º, en 1a, tweede lid, het opschrift van hoofdstuk 2, en de artikelen 2, eerste lid, 3, eerste lid en tweede lid, onderdelen </w:t>
-[...8 lines deleted...]
-        <w:t>a en b, 4, vierde lid, en 6, eerste lid, aanhef en onderdeel b, en tweede lid, wordt “financiële verslaggeving” telkens vervangen door “verslaggeving”.</w:t>
+        <w:t>In de artikelen 1, onderdeel d, aanhef en onder 5º en onder 7º, en 1a, tweede lid, het opschrift van hoofdstuk 2, en de artikelen 2, eerste lid, 3, eerste lid en tweede lid, onderdelen a en b, 4, vierde lid, en 6, eerste lid, aanhef en onderdeel b, en tweede lid, wordt “financiële verslaggeving” telkens vervangen door “verslaggeving”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="2ED760B1" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="17A53FB1" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -18124,50 +18455,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> indien de uitgevende instelling een kleine en niet-complexe instelling als bedoeld in artikel 4, eerste lid, punt 145, van de verordening kapitaalvereisten, bedoeld in artikel 1:1 van de Wet op het financieel toezicht, is die op twee opeenvolgende balansdata, zonder onderbreking nadien op twee opeenvolgende balansdata niet heeft voldaan aan ten minste twee van de drie vereisten als bedoeld in artikel 395a, eerste lid en tweede lid, eerste zin, van Boek 2 van het Burgerlijk Wetboek;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="79181C9F" w14:textId="65B6B654">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>g. 1 januari 202</w:t>
       </w:r>
       <w:r w:rsidR="00944CA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> indien de uitgevende instelling een </w:t>
@@ -18207,51 +18539,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> als bedoeld in artikel 13, punt 5, van die richtlijn is die op twee opeenvolgende balansdata, zonder onderbreking nadien op twee opeenvolgende balansdata niet heeft voldaan aan ten minste twee van de drie vereisten als bedoeld in artikel 395a, eerste lid, van Boek 2 van het Burgerlijk Wetboek.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="2D0EFB2C" w14:textId="6352FF0A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Op </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bestuursverslagen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
@@ -18576,74 +18907,82 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d. 1 januari 202</w:t>
       </w:r>
       <w:r w:rsidR="00944CA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> voor een vennootschap als genoemd in artikel 360, eerste en tweede lid, van Boek 2 van het Burgerlijk Wetboek of voor een organisatie van openbaar belang als bedoeld in artikel 398, zevende lid, onderdelen b en c, van Boek 2 van het Burgerlijk Wetboek, die aan het hoofd staat van een groep als bedoeld in artikel 24b, indien die groep op geconsolideerde basis op twee opeenvolgende balansdata, zonder onderbreking nadien op twee opeenvolgende balansdata van de vennootschap of organisatie die aan het hoofd staat van de groep, niet heeft voldaan aan ten minste twee van de drie vereisten, bedoeld in artikel 397, eerste lid en tweede lid, eerste zin, van Boek 2 van het Burgerlijk Wetboek, voor zover een van de voorafgaande onderdelen niet van toepassing is;</w:t>
+        <w:t xml:space="preserve"> voor een vennootschap als genoemd in artikel 360, eerste en tweede lid, van Boek 2 van het Burgerlijk Wetboek of voor een organisatie van openbaar belang als bedoeld in artikel 398, zevende lid, onderdelen b en c, van Boek 2 van het Burgerlijk </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Wetboek, die aan het hoofd staat van een groep als bedoeld in artikel 24b, indien die groep op geconsolideerde basis op twee opeenvolgende balansdata, zonder onderbreking nadien op twee opeenvolgende balansdata van de vennootschap of organisatie die aan het hoofd staat van de groep, niet heeft voldaan aan ten minste twee van de drie vereisten, bedoeld in artikel 397, eerste lid en tweede lid, eerste zin, van Boek 2 van het Burgerlijk Wetboek, voor zover een van de voorafgaande onderdelen niet van toepassing is;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="3901114E" w14:textId="54AB987B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e. 1 januari 202</w:t>
       </w:r>
       <w:r w:rsidR="00944CA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> voor een vennootschap waarvan effecten zijn toegelaten tot de handel op een gereglementeerde markt als bedoeld in artikel 1:1 van de Wet op het financieel toezicht van een lidstaat en die niet op twee opeenvolgende balansdata, zonder onderbreking nadien op twee opeenvolgende balansdata, heeft voldaan aan ten minste twee van de drie vereisten als bedoeld in artikel 395a, eerste lid en tweede lid, eerste zin, van Boek 2 van het Burgerlijk Wetboek, voor zover een van de voorafgaande onderdelen niet van toepassing is; </w:t>
@@ -19077,50 +19416,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="3A05BD58" w14:textId="1A8EC802">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In bijlage 2 van de Algemene wet bestuursrecht wordt “Wet toezicht financiële verslaggeving” telkens vervangen door “Wet toezicht verslaggeving </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>effectenuitgevende</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
@@ -19198,51 +19538,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="3837DC3A" w14:textId="729BB9E2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In de bijlage bij artikel 8.8 van de Wet open overheid wordt “Wet toezicht financiële verslaggeving” vervangen door “Wet toezicht verslaggeving </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>effectenuitgevende</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
@@ -19301,248 +19640,2931 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ARTIKEL XIII</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="739ABE97" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="128E9ED2" w14:textId="5B37060A">
-[...27 lines deleted...]
-        <w:t>Met betrekking tot het eerste boekjaar dat aanvangt op of na 1 januari 2024 en het eerste boekjaar dat aanvangt op of na 1 januari 2025 kan de opdracht, bedoeld in artikel 393a van Boek 2 van het Burgerlijk Wetboek, worden verleend door de raad van commissarissen. Indien een raad van commissarissen ontbreekt, kan deze opdracht worden verleend door het bestuur. De daaropvolgende algemene vergadering is bevoegd tot verlening van de opdracht als bedoeld in artikel 393, tweede lid, van Boek 2 van het Burgerlijk Wetboek.</w:t>
+    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="128E9ED2" w14:textId="7CAA4CA2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Met betrekking tot het eerste boekjaar dat aanvangt op of na 1 januari 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="003B3F01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 januari 2025 </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3F01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of 1 januari 2026 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kan de opdracht, bedoeld in artikel 393a van Boek 2 van het Burgerlijk Wetboek, worden verleend door de raad van commissarissen. Indien een raad van commissarissen ontbreekt, kan deze opdracht worden verleend door het bestuur. De daaropvolgende algemene vergadering is bevoegd tot verlening van de opdracht als bedoeld in artikel 393, tweede lid, van Boek 2 van het Burgerlijk Wetboek.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="046F8A6D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="461E2A8D" w14:textId="77777777">
-[...14 lines deleted...]
-    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="0E532A7C" w14:textId="77777777">
+    <w:p w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="461E2A8D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="4F5A9FD7" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk180413930" w:id="48"/>
-      <w:r w:rsidRPr="00CD4993">
+      <w:r w:rsidRPr="00321400">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ARTIKEL XIV</w:t>
-[...79 lines deleted...]
-    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="0E09F541" w14:textId="77777777">
+        <w:t>ARTIKEL XIIIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="62B2E128" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="2F126C05" w14:textId="77777777">
-[...6 lines deleted...]
-        <w:ind w:right="-2"/>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="0374A483" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Indien artikel II, onderdeel A, van de Wijzigingswet accountancysector eerder in werking is getreden of treedt dan artikel II, onderdeel J, van deze wet, wordt die wet gewijzigd als volgt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="2CD7D510" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="6F158560" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="27AAA76B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="58E56AF1" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Artikel II wordt gewijzigd als volgt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="74448CCB" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="04DA4182" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1. Onderdeel J, onder 2, komt te luiden:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="440FD225" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. Het tweede lid komt te luiden:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="2DFDBEF1" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. Het stelsel van kwaliteitsbeheersing is zodanig ingericht dat:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7A92F3CC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">a. de werkzaamheden betreffende een wettelijke controle en, voor zover van toepassing, een </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>assurance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-onderzoek van de duurzaamheidsrapportering te allen tijde plaatsvinden onder de verantwoordelijkheid van een externe accountant;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="729FC78D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">b. de kwaliteit van de wettelijke controles en, voor zover van toepassing, de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>assurance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-onderzoeken van de duurzaamheidsrapportering is geborgd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="76B76288" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="744BF46A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. Onderdeel R, aanhef, komt te luiden:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="20EC6DD6" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Onder vernummering van artikel 24c tot 24f wordt na paragraaf 3.1.3 een paragraaf ingevoegd, luidende:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="293E70CD" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="5B7A3BF1" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3. De onderdelen DD en EE komen te luiden:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7B5A73B9" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="581684FB" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>DD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="72F865ED" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="3E6B1FA5" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t>In artikel 53, eerste lid, wordt na “artikelen 5, eerste lid,” ingevoegd “5a, eerste lid,” en wordt na “24b” ingevoegd “, 24d, 24e, 24f".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="2EA9E22C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="465674AC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>EE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7DC6B748" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="4B724C54" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In artikel 54, eerste lid, wordt na “artikelen 5, eerste lid,” ingevoegd “ 5a,”, wordt “20, eerste, derde en vijfde lid” vervangen door “20, eerste, derde, zesde en achtste lid” en wordt na “24b” ingevoegd “, 24c, 24d, 24e, 24f”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7AE70010" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="0AFA65F2" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="43259967" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="147AEFDE" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Artikel III wordt gewijzigd als volgt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="4B50DD42" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7844FCFF" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1. Onderdeel C wordt gewijzigd als volgt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="09AAC28B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="76F6045E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>a. Onder 1 wordt “onderdelen j en k tot k en l” vervangen door “onderdelen i en j tot j en k” en wordt de aanduiding “j” voor het voorgestelde onderdeel vervangen door de aanduiding “i”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="57127AFD" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7B052B07" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>b. Onder 2 wordt de aanduiding “m” voor het voorgestelde onderdeel vervangen door de aanduiding “l”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="105093B2" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7E3ED9B8" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>c. Onder 3 wordt “onderdeel j” vervangen door “onderdeel i”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="4C3361AD" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="6A37112C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. In onderdeel D wordt het voorgestelde artikel 36a gewijzigd als volgt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="5D9AB154" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="1291D662" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>a. In het eerste lid, onder a, wordt “onderdeel i” vervangen door “onderdeel h”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7FDA3288" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="70D18FCD" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>b. In het tweede lid, wordt “onderdeel j” vervangen door “onderdeel i”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="3286AA2D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="733B602E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3. In onderdeel E wordt in het voorgestelde artikel 41a, eerste lid, “artikel 36, eerste lid, onderdeel i” vervangen door “artikel 36, eerste lid, onderdeel h” en wordt “artikel 36, eerste lid, onderdeel j” vervangen door “artikel 36, eerste lid, onderdeel i”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="47E5AAC3" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="50D4E3F7" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4. Onderdeel F wordt gewijzigd als volgt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="123A4E81" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="61E2612F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>a. In de aanhef wordt “Na artikel 45 wordt” vervangen door “Onder vernummering van de artikelen 45a tot en met 45c tot 45b tot en met 45d wordt na artikel 45”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="44B73C5D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="44939207" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>b. In het voorgestelde artikel 45a, eerste lid, aanhef wordt “onderdeel j” vervangen door “onderdeel i”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="6C55F301" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="38584CBF" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5. Na onderdeel F worden twee onderdelen ingevoegd, luidende:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="2E851E12" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="43DF547B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="69B8D882" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7356EDA8" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In artikel 45c (nieuw) wordt “45a” vervangen door “45b”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="68E83E97" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="30B60ABC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="52C6AD01" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="2AE7EFFB" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In artikel 45d (nieuw) wordt “45a” telkens vervangen door “45b” en wordt “45b” vervangen door “45c”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="1EEE4A40" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="36A33977" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6. Na onderdeel I worden twee onderdelen ingevoegd, luidende:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="2EE05742" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="6F804E53" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="2849ADB4" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="2D99AD6E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In artikel 55 wordt “45a” vervangen door “45b” en wordt “45c” vervangen door “45d”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7B9F2308" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="230FF473" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ib</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="3621B413" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="4605FDA4" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In artikel 57 wordt “45a” telkens vervangen door “45b” en wordt “45c” telkens vervangen door “45d”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="6EE05404" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="2F041CAF" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="4BCD2989" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="18BF3CF2" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Artikel VI wordt gewijzigd als volgt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7B91D106" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="240CCD77" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1. In onderdeel B wordt “Onder vervanging van de punt aan het slot van het eerste lid, onderdeel e, door een puntkomma” vervangen door “Onder verlettering van onderdeel f naar h” en wordt “toegevoegd” vervangen door “ingevoegd”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="1A33127E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="34593175" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. Na onderdeel B wordt een onderdeel ingevoegd, luidende:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="5CCB2C7F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7976D98D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ba</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="5F84F91F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="0B5600B1" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In artikel 5a, eerste en derde lid, wordt “onderdeel f” telkens vervangen door “eerste lid, onderdeel h” en wordt in artikel 5, derde lid, “onderdeel d of e” vervangen door “eerste lid, onderdeel d, e, f of g”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7D654563" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="3123E4EC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="4911F23F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>ARTIKEL XIIIB</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="508743C9" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="70405B3F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Indien artikel II, onderdeel A, van de Wijzigingswet accountancysector later in werking is getreden of treedt dan artikel II, onderdeel J, van deze wet, wordt die wet gewijzigd als volgt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="6FF968EF" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="4E3B8C23" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="5D7C0988" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7A86990B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Artikel I wordt gewijzigd als volgt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="18AA37C1" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="5529AB39" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1. In onderdeel K wordt “onderdelen i tot en met k tot h tot en met j” vervangen door “onderdelen i tot en met m tot h tot en met k”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="3A9A87D1" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="55593C29" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. In onderdeel M worden de artikelen 45a tot en met 45c vernummerd tot 45b tot en met 45d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="5B65C590" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="6A5908E4" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3. In onderdeel Q wordt “45a” vervangen door “45b” en wordt “45c” vervangen door “45d”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="74B6FC06" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="2AEF7348" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4. In onderdeel R wordt in artikel 57 “45a” telkens vervangen door “45b” en wordt “45c” telkens vervangen door “45d”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="3F2669CC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="3FB58C61" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="32D733D7" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="04EC8757" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Artikel II wordt gewijzigd als volgt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="0110CBFB" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7C6E1893" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1. In onderdeel A wordt na “wettelijke controle” ingevoegd “of, zover van toepassing een </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>assurance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-onderzoek van de duurzaamheidsrapportering” en wordt na “wettelijke controles” ingevoegd “en, voor zover van toepassing, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>assurance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-onderzoeken van de duurzaamheidsrapportering”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="26B1A8AE" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="08A0E22C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. In onderdeel D wordt het voorgestelde artikel 24c vernummerd tot 24f.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="1F1165FD" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="798250A1" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3. In onderdeel F wordt in artikel 53, eerste lid, “24b” vervangen door “24e” en wordt “24c” vervangen door “24f”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="175C39C2" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="48209853" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4. In onderdeel G wordt in artikel 54, eerste lid, “24b” vervangen door “24e” en wordt “24c” vervangen door “24f”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="2580819E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="4DF95F97" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="72D511D9" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="731AA48B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Artikel III wordt gewijzigd als volgt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="60276C4B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="63726691" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1. Onderdeel A wordt gewijzigd als volgt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="36D5A30A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="3CDC92B8" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>a. In subonderdeel 1 wordt “onderdeel e” vervangen door “onderdeel g” en wordt de aanduiding “f” voor het voorgestelde onderdeel vervangen door de aanduiding “h”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="74F57FBF" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="0932B99A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>b. In subonderdeel 2 wordt “onderdeel d en f” vervangen door “onderdelen d, f en h”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="7A06FC1E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="79030D6C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. In onderdeel B wordt “onderdeel f” telkens vervangen door “eerste lid, onderdeel h” en wordt “onderdeel d of e” vervangen door “eerste lid, onderdeel d, e, f of g”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="0526D243" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="3D5D08B7" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="35242D0C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00321400" w:rsidR="00321400" w:rsidP="00321400" w:rsidRDefault="00321400" w14:paraId="47E0F3A9" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In artikel VI wordt “24c” telkens vervangen door “24f”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00321400" w:rsidP="00CD4993" w:rsidRDefault="00321400" w14:paraId="37B9D2A2" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CD4993" w:rsidR="00321400" w:rsidP="00CD4993" w:rsidRDefault="00321400" w14:paraId="4D74D0D0" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="0E532A7C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk180413930" w:id="48"/>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XIV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="2791808F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="13FDB98E" w14:textId="68EFA00C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Deze wet treedt in werking op een bij koninklijk besluit te bepalen tijdstip, dat voor de verschillende artikelen of onderdelen daarvan verschillend kan worden vastgesteld, met uitzondering van artikel XIII dat in werking treedt met ingang van de dag na de datum van uitgifte van het Staatsblad waarin deze wet wordt geplaatst.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="07C43AA1" w14:textId="4DB39BE7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Artikel XIII werkt terug tot en met 1 januari 2024 en vervalt met ingang van 1 januari 202</w:t>
+      </w:r>
+      <w:r w:rsidR="003B3F01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="0E09F541" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="2F126C05" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00CD4993" w:rsidRDefault="00CD4993" w14:paraId="70C6D880" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -20006,52 +23028,52 @@
       <w:r w:rsidRPr="00CD4993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>De Staatssecretaris van Justitie en Veiligheid,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidP="00A11E73" w:rsidRDefault="00CD4993" w14:paraId="3CF7BE66" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="1848"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00CD4993" w:rsidR="00CD4993" w:rsidSect="00A11E73">
-      <w:footerReference w:type="even" r:id="rId6"/>
-      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="357" w:footer="1440" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="07304386" w14:textId="77777777" w:rsidR="00CD4993" w:rsidRDefault="00CD4993">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1867335D" w14:textId="77777777" w:rsidR="00CD4993" w:rsidRDefault="00CD4993">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
@@ -20281,74 +23303,84 @@
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CD4993"/>
     <w:rsid w:val="00012DBE"/>
     <w:rsid w:val="000A1D81"/>
+    <w:rsid w:val="000E0452"/>
     <w:rsid w:val="00111ED3"/>
     <w:rsid w:val="00163774"/>
     <w:rsid w:val="001C190E"/>
     <w:rsid w:val="002168F4"/>
     <w:rsid w:val="002A727C"/>
+    <w:rsid w:val="00321400"/>
+    <w:rsid w:val="003B3F01"/>
+    <w:rsid w:val="004B0693"/>
     <w:rsid w:val="00525579"/>
     <w:rsid w:val="005D2707"/>
     <w:rsid w:val="00606255"/>
     <w:rsid w:val="006B3F5C"/>
     <w:rsid w:val="006B607A"/>
+    <w:rsid w:val="007D2926"/>
     <w:rsid w:val="007D451C"/>
     <w:rsid w:val="00826224"/>
     <w:rsid w:val="00930A23"/>
     <w:rsid w:val="00944CA4"/>
     <w:rsid w:val="009C7354"/>
     <w:rsid w:val="009E6D7F"/>
     <w:rsid w:val="00A0240D"/>
+    <w:rsid w:val="00A107D5"/>
     <w:rsid w:val="00A11E73"/>
     <w:rsid w:val="00A21158"/>
     <w:rsid w:val="00A2521E"/>
     <w:rsid w:val="00AE436A"/>
+    <w:rsid w:val="00B87574"/>
     <w:rsid w:val="00BC58FE"/>
+    <w:rsid w:val="00BD4E3E"/>
+    <w:rsid w:val="00BF4350"/>
     <w:rsid w:val="00C135B1"/>
     <w:rsid w:val="00C92DF8"/>
+    <w:rsid w:val="00C96EDE"/>
     <w:rsid w:val="00CB3578"/>
     <w:rsid w:val="00CD4993"/>
     <w:rsid w:val="00D20AFA"/>
     <w:rsid w:val="00D55648"/>
     <w:rsid w:val="00D909B1"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E36EE9"/>
     <w:rsid w:val="00EE1ECE"/>
     <w:rsid w:val="00F13442"/>
     <w:rsid w:val="00F94CC9"/>
     <w:rsid w:val="00F956D4"/>
     <w:rsid w:val="00FC2824"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -20716,51 +23748,50 @@
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Eindnoottekst">
     <w:name w:val="endnote text"/>
@@ -21666,52 +24697,51 @@
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Onopgelostemelding">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CD4993"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\GriffieSjablonen\wet.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -21961,92 +24991,98 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <ap:Pages>27</ap:Pages>
-[...1 lines deleted...]
-  <ap:Characters>54739</ap:Characters>
+  <ap:Pages>30</ap:Pages>
+  <ap:Words>10222</ap:Words>
+  <ap:Characters>59618</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>456</ap:Lines>
-  <ap:Paragraphs>127</ap:Paragraphs>
+  <ap:Lines>496</ap:Lines>
+  <ap:Paragraphs>139</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>63892</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>69701</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>737000711</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_EmailSubject">
     <vt:lpwstr>Sjablonen amendementen en voorstellen van wet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_AuthorEmail">
     <vt:lpwstr>M.Geenen@sdu.nl</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Geenen, Michel</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_PreviousAdHocReviewCycleID">
     <vt:i4>-1389537874</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ReviewingToolsShownOnce">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ContentTypeId">
+    <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Order">
+    <vt:r8>100</vt:r8>
+  </property>
 </Properties>
 </file>