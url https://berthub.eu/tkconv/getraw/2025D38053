--- v0 (2025-12-19)
+++ v1 (2026-02-03)
@@ -1,475 +1,507 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6590"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00F13442" w14:paraId="6E07C437" w14:textId="77777777">
+      <w:tr w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidTr="007B6F03" w14:paraId="43BFA045" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9142" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00E43794" w:rsidR="00CB3578" w:rsidP="00E43794" w:rsidRDefault="00E43794" w14:paraId="6C114818" w14:textId="025676AF">
+          <w:p w:rsidRPr="00CB0352" w:rsidR="007D5B69" w:rsidP="007B6F03" w:rsidRDefault="007D5B69" w14:paraId="1448B11F" w14:textId="56960FFE">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E43794">
+            <w:bookmarkStart w:name="_Hlk153978340" w:id="0"/>
+            <w:r w:rsidRPr="00CB0352">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
-              <w:t>Bijgewerkt t/m nr. 7 (NvW d.d. 5 september 2025)</w:t>
+              <w:t xml:space="preserve">Bijgewerkt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0352" w:rsidR="00CB0352">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>inclusief aangenomen amendementen (</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE2C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">stemming </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0352" w:rsidR="00CB0352">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>d.d. 27 januari 2026)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="1CF772E5" w14:textId="77777777">
+      <w:tr w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidTr="007B6F03" w14:paraId="686B417D" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00493DDC" w:rsidR="00CB3578" w:rsidRDefault="00CB3578" w14:paraId="3AFF69CB" w14:textId="77777777">
+          <w:p w:rsidRPr="00493DDC" w:rsidR="007D5B69" w:rsidP="007B6F03" w:rsidRDefault="007D5B69" w14:paraId="29743EC6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00493DDC" w:rsidR="00CB3578" w:rsidRDefault="00CB3578" w14:paraId="738A554D" w14:textId="77777777">
+          <w:p w:rsidRPr="00493DDC" w:rsidR="007D5B69" w:rsidP="007B6F03" w:rsidRDefault="007D5B69" w14:paraId="6B99053F" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="002168F4" w:rsidR="002A727C" w:rsidTr="00A11E73" w14:paraId="55159425" w14:textId="77777777">
+      <w:tr w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidTr="007B6F03" w14:paraId="0CC06679" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00493DDC" w:rsidR="002A727C" w:rsidP="00F13442" w:rsidRDefault="00493DDC" w14:paraId="5BFF81D9" w14:textId="21602D94">
+          <w:p w:rsidRPr="00493DDC" w:rsidR="007D5B69" w:rsidP="007B6F03" w:rsidRDefault="007D5B69" w14:paraId="75BC3F22" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00493DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>36 711</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">36 711 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00493DDC" w:rsidR="002A727C" w:rsidP="000D5BC4" w:rsidRDefault="00493DDC" w14:paraId="742546AF" w14:textId="22141471">
+          <w:p w:rsidRPr="00493DDC" w:rsidR="007D5B69" w:rsidP="007B6F03" w:rsidRDefault="007D5B69" w14:paraId="51CEFCAD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00493DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Wijziging van de Wet op het financieel toezicht, de Bankwet 1998 en enige andere wetten in verband met de goede werking van het chartale betalingsverkeer (Wet chartaal betalingsverkeer)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="15DE4F41" w14:textId="77777777">
+      <w:tr w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidTr="007B6F03" w14:paraId="244B0E92" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidRDefault="00CB3578" w14:paraId="37E130ED" w14:textId="77777777">
+          <w:p w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidP="007B6F03" w:rsidRDefault="007D5B69" w14:paraId="4C27D978" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidRDefault="00CB3578" w14:paraId="551EB3A3" w14:textId="77777777">
+          <w:p w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidP="007B6F03" w:rsidRDefault="007D5B69" w14:paraId="2FCE9C33" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="22CEB51F" w14:textId="77777777">
+      <w:tr w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidTr="007B6F03" w14:paraId="50A0445C" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidRDefault="00CB3578" w14:paraId="0C933EB1" w14:textId="77777777">
+          <w:p w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidP="007B6F03" w:rsidRDefault="007D5B69" w14:paraId="6E7AB9CC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidRDefault="00CB3578" w14:paraId="07D8CA1F" w14:textId="77777777">
+          <w:p w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidP="007B6F03" w:rsidRDefault="007D5B69" w14:paraId="7536C13D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="54860A3C" w14:textId="77777777">
+      <w:tr w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidTr="007B6F03" w14:paraId="4A391C6B" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidRDefault="00CB3578" w14:paraId="6F072007" w14:textId="77777777">
+          <w:p w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidP="007B6F03" w:rsidRDefault="007D5B69" w14:paraId="2F6B595C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002168F4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Nr. 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidRDefault="00CB3578" w14:paraId="7F64AE77" w14:textId="77777777">
+          <w:p w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidP="007B6F03" w:rsidRDefault="00241DA3" w14:paraId="444FF364" w14:textId="5058F097">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002168F4">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GEWIJZIGD </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002168F4" w:rsidR="007D5B69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>VOORSTEL VAN WET</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="0FB8936B" w14:textId="77777777">
+      <w:tr w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidTr="007B6F03" w14:paraId="558A4369" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00D55648" w:rsidRDefault="00CB3578" w14:paraId="35437524" w14:textId="77777777">
+          <w:p w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidP="007B6F03" w:rsidRDefault="007D5B69" w14:paraId="0C040D97" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidRDefault="00CB3578" w14:paraId="77F1BBA5" w14:textId="77777777">
+          <w:p w:rsidRPr="002168F4" w:rsidR="007D5B69" w:rsidP="007B6F03" w:rsidRDefault="007D5B69" w14:paraId="128A0FBB" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="6133E477" w14:textId="4805D0E7">
-[...13 lines deleted...]
-      <w:bookmarkStart w:name="_Hlk153978340" w:id="0"/>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="6133E477" w14:textId="400B5344">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wij Willem-Alexander, bij de gratie Gods, Koning der Nederlanden, Prins van Oranje-Nassau, enz. enz. enz.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="1ED0A397" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -489,123 +521,147 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Allen, die deze zullen zien of horen lezen, saluut! doen te weten:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="101D448F" w14:textId="10297885">
-[...27 lines deleted...]
-        <w:t>Alzo Wij in overweging genomen hebben, dat het wenselijk is om regels te stellen over de chartale basisinfrastructuur en de continuïteit van het transport van contant geld ten behoeve van de goede werking van het chartale betalingsverkeer;</w:t>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="101D448F" w14:textId="2FCCB41D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00493DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Alzo Wij in overweging genomen hebben, dat het wenselijk is om regels te stellen over de chartale basisinfrastructuur en de continuïteit van het transport van contant geld ten behoeve van de goede werking van het chartale betalingsverkeer</w:t>
+      </w:r>
+      <w:r w:rsidR="00140C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00140C6E" w:rsidR="00140C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>alsmede om het toepassingsbereik van het bonusplafond aan te passen ten behoeve van het vestigingsklimaat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00493DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="4DDBD2F4" w14:textId="22014110">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Zo is het, dat Wij, de Afdeling advisering van de Raad van State gehoord, en met gemeen overleg der Staten</w:t>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>Generaal, hebben goedgevonden en verstaan, gelijk Wij goedvinden en verstaan bij deze:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="0538AC8B" w14:textId="77777777">
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="0538AC8B" w14:textId="0C9272FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="6A3FF210" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -765,51 +821,688 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In artikel 1:25, vijfde lid, wordt “artikel 9h” vervangen door “artikel 9r”. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="0D7DD258" w14:textId="77777777">
+    <w:p w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="0D7DD258" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="211924C7" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Aa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="5CA4B99D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="36719547" w14:textId="1C9C74E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In artikel 1:118, derde lid, wordt na “De variabele beloning” ingevoegd “van natuurlijke personen werkzaam onder de verantwoordelijkheid van de onderneming wier werkzaamheden het risicoprofiel van de onderneming wezenlijk beïnvloeden”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="3E788515" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="30964AA0" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ab</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="10B9A75B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="3D560F9F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In artikel 1:120, tweede lid, onderdeel b, wordt na “natuurlijke personen werkzaam onder haar verantwoordelijkheid” ingevoegd “wier werkzaamheden het risicoprofiel van de onderneming wezenlijk beïnvloeden”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="29A21E21" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="4B6AA9E2" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ac</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="56043165" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="79E7D7EA" w14:textId="2DAA782C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 1:121 wordt als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="4E531F3F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="65E29BCF" w14:textId="21D3243A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. In het eerste lid wordt na “een natuurlijk persoon werkzaam onder haar verantwoordelijkheid” ingevoegd “wier werkzaamheden het risicoprofiel van de onderneming wezenlijk beïnvloeden”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="418051EE" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="72D3E95B" w14:textId="7FEA03A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. In de aanhef van het tweede lid wordt na “een natuurlijk persoon werkzaam onder haar verantwoordelijkheid’ ingevoegd “wier werkzaamheden het risicoprofiel van de onderneming wezenlijk beïnvloeden”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="46AC365A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="57AE02EB" w14:textId="1338FBB8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. In het tweede lid, onderdeel a, wordt na “alle natuurlijke personen werkzaam onder de verantwoordelijkheid van de onderneming” ingevoegd “wier werkzaamheden het risicoprofiel van de onderneming wezenlijk beïnvloeden”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="49B2E49C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="6EF91C72" w14:textId="3FFE0A67">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. In het derde en vierde lid wordt na “een natuurlijk persoon werkzaam onder verantwoordelijkheid van de onderneming” ingevoegd “wier werkzaamheden het risicoprofiel van de onderneming wezenlijk beïnvloeden”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="65C53135" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="58FD9864" w14:textId="6B6A63AD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5. In het vijfde lid wordt na “een natuurlijke persoon werkzaam onder verantwoordelijkheid van de aan het hoofd van die groep staande groepsmaatschappij” ingevoegd “wier werkzaamheden het risicoprofiel van de onderneming wezenlijk beïnvloeden”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="13CC21E0" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="193C5748" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="3AED34E1" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="39127FC5" w14:textId="6EC1C497">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In artikel 1:122, eerste lid, wordt na “een onder haar verantwoordelijkheid werkzame natuurlijk persoon” ingevoegd “wier werkzaamheden het risicoprofiel van de onderneming wezenlijk beïnvloeden”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="15BC6EDA" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="78F56334" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ae</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009B1F19" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="78EBC310" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="1E7698F5" w14:textId="07A742B7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In artikel 1:130 wordt na “een natuurlijk persoon werkzaam onder haar verantwoordelijkheid” ingevoegd “wier werkzaamheden het risicoprofiel van de onderneming wezenlijk beïnvloeden”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="009B1F19" w:rsidP="009B1F19" w:rsidRDefault="009B1F19" w14:paraId="0587CAC0" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="2EFB37A3" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -971,92 +1664,186 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="3CBCE088" w14:textId="2911B2F8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>AFDELING 3.5.11. CHARTALE BASISINFRASTRUCTUUR</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="34FE9627" w14:textId="77777777">
+    <w:p w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="34FE9627" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="25D31A5B" w14:textId="77777777">
+    <w:p w:rsidRPr="00AE1FE9" w:rsidR="00AE1FE9" w:rsidP="00AE1FE9" w:rsidRDefault="00AE1FE9" w14:paraId="743384B4" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk150942207" w:id="3"/>
-      <w:r w:rsidRPr="00493DDC">
+      <w:r w:rsidRPr="00AE1FE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">Artikel 3:267ja </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00AE1FE9" w:rsidR="00AE1FE9" w:rsidP="00AE1FE9" w:rsidRDefault="00AE1FE9" w14:paraId="7776E7E5" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00AE1FE9" w:rsidR="00AE1FE9" w:rsidP="00AE1FE9" w:rsidRDefault="00AE1FE9" w14:paraId="27AB3BCC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1FE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AE1FE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bij of krachtens algemene maatregel van bestuur kunnen regels worden gesteld over de wijze waarop de beschikbaarheid en toegankelijkheid van contant geld voor bij die algemene maatregel van bestuur te bepalen kwetsbare groepen wordt gewaarborgd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00AE1FE9" w:rsidP="00493DDC" w:rsidRDefault="00AE1FE9" w14:paraId="4F70B0AF" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="25D31A5B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk150942207" w:id="3"/>
+      <w:r w:rsidRPr="00493DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Artikel 3:267k</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="2EA6D3C6" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="51172E0B" w14:textId="270B8D7E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
@@ -1065,144 +1852,222 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1. Een bank met meer dan drie miljoen in Nederland woonachtige of gevestigde betaalrekeninghouders, zorgt voor de instandhouding van een chartale basisinfrastructuur die aan de bij of krachtens dit artikel gestelde eisen voldoet. De bank werkt daartoe samen met andere banken waarop deze verplichting rust.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="014E310B" w14:textId="013FD380">
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="014E310B" w14:textId="67071FDE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2. De chartale basisinfrastructuur bestaat uit landelijk dekkende en adequate voorzieningen voor het opnemen en storten van eurobankbiljetten en euromunten.</w:t>
       </w:r>
+      <w:r w:rsidR="00175D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00926A2B" w:rsidR="00926A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Voor die landelijke dekking geldt als maatstaf dat voor iedere in Nederland woonachtige of gevestigde betaalrekeninghouder een voorziening voor het opnemen van eurobankbiljetten binnen een straal van vijf kilometer beschikbaar is. Voor uitzonderlijke gevallen kan bij of krachtens algemene maatregel van bestuur worden afgeweken van de in de vorige zin bedoelde afstand.</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="2FBC2CB1" w14:textId="08A175DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Hlk150942242" w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3. De chartale basisinfrastructuur is toegankelijk voor andere banken tegen eerlijke, redelijke en niet-discriminerende voorwaarden en tarieven.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="610B56E5" w14:textId="3533B179">
-[...27 lines deleted...]
-        <w:t>4. Bij of krachtens algemene maatregel van bestuur worden nadere regels gesteld over de voorzieningen waaruit de chartale basisinfrastructuur bestaat en de daaraan te stellen eisen.</w:t>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00EB239E" w:rsidP="00EB239E" w:rsidRDefault="00EB239E" w14:paraId="5EEB4B31" w14:textId="4C57A457">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E440BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. Een bank als bedoeld in het eerste lid of in artikel 3:267l, tweede of derde lid, zorgt ervoor dat aan haar in Nederland woonachtige of gevestigde betaalrekeninghouders geen tarieven voor het gebruik van de chartale basisinfrastructuur in rekening worden gebracht die bij of krachtens algemene maatregel van bestuur te bepalen grenzen overschrijden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00EB239E" w:rsidP="00EB239E" w:rsidRDefault="00EB239E" w14:paraId="03B07B82" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00493DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Bij of krachtens algemene maatregel van bestuur worden nadere regels gesteld over de voorzieningen waaruit de chartale basisinfrastructuur bestaat en de daaraan te stellen eisen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00A872D2" w:rsidP="00493DDC" w:rsidRDefault="00A872D2" w14:paraId="689B1B08" w14:textId="536BA91C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A872D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5. De voordracht voor een krachtens het vierde lid vast te stellen algemene maatregel van bestuur wordt niet eerder gedaan dan vier weken nadat het ontwerp aan beide Kamers der Staten-Generaal is overgelegd.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="0B11774F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="381AC0E8" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -1269,79 +2134,119 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Een bank waarop artikel 3:267k, eerste lid, van toepassing is, stelt haar in Nederland </w:t>
       </w:r>
       <w:bookmarkStart w:name="_Hlk151129903" w:id="5"/>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">woonachtige of </w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>gevestigde betaalrekeninghouders in staat om gebruik te maken van de chartale basisinfrastructuur.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="3CD761EC" w14:textId="0B1B90EE">
-[...27 lines deleted...]
-        <w:t>2. Een bank met meer dan vijfhonderdduizend in Nederland woonachtige of gevestigde betaalrekeninghouders stelt deze betaalrekeninghouders in staat om gebruik te maken van de voorzieningen van de chartale basisinfrastructuur voor het onverpakt storten van eurobankbiljetten.</w:t>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="3CD761EC" w14:textId="2D2876AE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00493DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Een bank met meer dan vijfhonderdduizend in Nederland woonachtige of gevestigde betaalrekeninghouders </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D2E30" w:rsidR="001D2E30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>en een balanstotaal van ten minste 50 miljard euro</w:t>
+      </w:r>
+      <w:r w:rsidR="001D2E30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00493DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>stelt deze betaalrekeninghouders in staat om gebruik te maken van de voorzieningen van de chartale basisinfrastructuur voor het onverpakt storten van eurobankbiljetten.</w:t>
+      </w:r>
+      <w:r w:rsidR="000D20D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D20D4" w:rsidR="000D20D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Een bank die de in de vorige zin bedoelde grens overschrijdt, voldoet binnen twee jaar aan dit lid.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="2DD46F68" w14:textId="3B93AFEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
@@ -1375,69 +2280,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Het eerste </w:t>
       </w:r>
       <w:r w:rsidR="005075F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tot en met derde lid</w:t>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> laten onverlet dat een bank, ter voldoening aan de Wet ter voorkoming van witwassen en financieren van terrorisme, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> maatregelen kan nemen om de risico’s van contant geld te mitigeren.</w:t>
+        <w:t xml:space="preserve"> laten onverlet dat een bank, ter voldoening aan de Wet ter voorkoming van witwassen en financieren van terrorisme, cliëntspecifieke maatregelen kan nemen om de risico’s van contant geld te mitigeren.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="4B6710D6" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="4BFDBC7B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -1455,158 +2342,370 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Artikel 3:267m</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="6034933F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="5C01CC8C" w14:textId="048C4475">
-[...30 lines deleted...]
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="4C110FF1" w14:textId="142ADE99">
+    <w:p w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="5C01CC8C" w14:textId="065260F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00493DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Bij of krachtens algemene maatregel van bestuur worden regels gesteld over de tarieven die een bank aan haar in Nederland woonachtige of gevestigde betaalrekeninghouders in rekening brengt voor het gebruik van de chartale basisinfrastructuur.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4467">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4467" w:rsidR="009F4467">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bij het vaststellen van die tarieven wordt in ieder geval rekening gehouden met het publieke belang van contant geld.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4467">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00493DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Die tarieven kunnen op nul worden vastgesteld.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CA3CE9" w:rsidR="00CA3CE9" w:rsidP="00CA3CE9" w:rsidRDefault="00CA3CE9" w14:paraId="4FA71E93" w14:textId="2AC5A7FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. In afwijking van het eerste lid brengt een bank geen kosten in rekening voor het opnemen van eurobankbiljetten onderscheidenlijk het onverpakt storten van eurobankbiljetten en euromunten voor:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CA3CE9" w:rsidR="00CA3CE9" w:rsidP="00CA3CE9" w:rsidRDefault="00CA3CE9" w14:paraId="594CDD45" w14:textId="3C822A19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a. particuliere betaalrekeninghouders;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CA3CE9" w:rsidR="00CA3CE9" w:rsidP="00CA3CE9" w:rsidRDefault="00CA3CE9" w14:paraId="74D1812C" w14:textId="0977286C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>b. kerkgenootschappen als bedoeld in artikel 2, van Boek 2, van het Burgerlijk Wetboek, en</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CA3CE9" w:rsidR="00CA3CE9" w:rsidP="00CA3CE9" w:rsidRDefault="00CA3CE9" w14:paraId="24555E69" w14:textId="1EBC54D3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>c. stichtingen en verenigingen die een algemeen nut beogende instelling als bedoeld in artikel 5b van de Algemene wet inzake rijksbelastingen zijn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="4C110FF1" w14:textId="645CB253">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Hlk150937793" w:id="6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00493DDC">
-[...36 lines deleted...]
-        <w:t xml:space="preserve">3. De ingevolge dit </w:t>
+      <w:r w:rsidR="00CA3CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00493DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Bij of krachtens algemene maatregel van bestuur kunnen regels worden gesteld over de voorwaarden die een bank aan haar in Nederland woonachtige of gevestigde betaalrekeninghouders kan stellen voor het gebruik van de chartale basisinfrastructuur.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="459D7EC5" w14:textId="3CBDA02C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CA3CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00493DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. De ingevolge dit </w:t>
       </w:r>
       <w:r w:rsidR="00D635EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>artikel</w:t>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> gestelde regels zijn niet van toepassing op een bank met minder dan vijftigduizend in Nederland woonachtige of gevestigde betaalrekeninghouders.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00620A67" w:rsidP="00493DDC" w:rsidRDefault="00620A67" w14:paraId="5600D5EA" w14:textId="5BC35870">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CA3CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00620A67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. De voordracht voor een krachtens dit artikel vast te stellen algemene maatregel van bestuur wordt niet eerder gedaan dan vier weken nadat het ontwerp aan beide Kamers der Staten-Generaal is overgelegd.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="46152CD3" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="35656BA7" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
@@ -1808,80 +2907,110 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3. Bij of krachtens algemene maatregel van bestuur worden regels gesteld met betrekking tot de inhoud, de wijze, de periodiciteit en de termijnen van de verstrekking.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="646CDD1A" w14:textId="2D9943ED">
-[...19 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="646CDD1A" w14:textId="2D9943ED">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4. Het bij of krachtens dit artikel bepaalde is niet van toepassing op een bank met minder dan vijftigduizend in Nederland woonachtige of gevestigde betaalrekeninghouders.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00F22477" w:rsidP="00493DDC" w:rsidRDefault="00F22477" w14:paraId="18CB4988" w14:textId="4581AAE3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F22477">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5. De voordracht voor een krachtens het derde lid vast te stellen algemene maatregel van bestuur wordt niet eerder gedaan dan vier weken nadat het ontwerp aan beide Kamers der Staten-Generaal is overgelegd.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="3F6B1E17" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="0B6E2490" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -1928,51 +3057,509 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bij ministeriële regeling kan geheel of gedeeltelijk vrijstelling worden verleend van het bij of krachtens deze afdeling bepaalde. Aan een vrijstelling kunnen regels worden verbonden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="058041AD" w14:textId="77777777">
+    <w:p w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="058041AD" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="1D3B00E3" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE786B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ca</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="7B9DCF17" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="701EA242" w14:textId="7FB38428">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EE786B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In artikel 4:71g, eerste lid, wordt na ‘ te openen’ ingevoegd ‘voor consumenten’.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="6243B662" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="5AB8C9E8" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE786B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cb</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="7E26B03B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="2D43B74E" w14:textId="59473852">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EE786B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In artikel 4:71h, eerste lid, wordt na ‘een basisbetaalrekening’ ingevoegd ‘voor consumenten’. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="19DBE628" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="24195690" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE786B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="7B1A9778" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="4631C989" w14:textId="62B10B5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EE786B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Aan artikel 4:71i, eerste lid, wordt na ‘toegang tot een basisbetaalrekening’ ingevoegd ‘voor consumenten’.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="7F0D58D1" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="3E155824" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE786B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cd</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="53E32DA0" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="4D5A3714" w14:textId="3ED21332">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EE786B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Na artikel 4:71j wordt een artikel ingevoegd, luidende: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="18FFDFF2" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="2B3F0D0C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE786B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 4:71k</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="2CE45FCD" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EE786B" w:rsidR="00EE786B" w:rsidP="00EE786B" w:rsidRDefault="00EE786B" w14:paraId="503BF82A" w14:textId="2A2AB169">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EE786B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Een bank die in Nederland betaalrekeningen aan ondernemingen aanbiedt, stelt ondernemingen, verenigingen en stichtingen uit de Europese Unie die in het Nederlandse handelsregister zijn ingeschreven in de gelegenheid een basisbetaalrekening in euro’s aan te vragen en te gebruiken.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE786B" w:rsidP="00493DDC" w:rsidRDefault="00EE786B" w14:paraId="4C2264C3" w14:textId="42B06EBB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EE786B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Op basisbetaalrekeningen als bedoeld in het eerste lid zijn de artikelen 4:71f, eerste en derde tot en met zesde lid, 4:71g, 4:71h, met uitzondering van het derde lid, onderdeel b, en 4:71i van overeenkomstige toepassing, met dien verstande dat voor artikel 4:71i, eerste lid, onderdeel c, wordt gelezen: niet langer in het Nederlandse handelsregister is ingeschreven.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00EE786B" w:rsidP="00493DDC" w:rsidRDefault="00EE786B" w14:paraId="1E07C4AE" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="24644A5D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2009,69 +3596,51 @@
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">In de bijlagen behorend bij de artikelen 1:79 en 1:80 wordt in de opsomming van artikelen uit het Deel </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> toezicht financiële ondernemingen in de numerieke volgorde ingevoegd:</w:t>
+        <w:t>In de bijlagen behorend bij de artikelen 1:79 en 1:80 wordt in de opsomming van artikelen uit het Deel Prudentieel toezicht financiële ondernemingen in de numerieke volgorde ingevoegd:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="0952C982" w14:textId="356A3C04">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
@@ -2185,79 +3754,110 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3:267o</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="52D28E72" w14:textId="41B30EC3">
+    <w:p w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="52D28E72" w14:textId="41B30EC3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3:367p</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00754610" w:rsidP="00493DDC" w:rsidRDefault="00754610" w14:paraId="3E32DD35" w14:textId="3A6E2A30">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00754610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4:71k</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="72AF88EC" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="5324B9F3" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
@@ -2447,51 +4047,60 @@
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">j. geldtransportonderneming: onderneming die in de uitoefening van beroep of bedrijf transport van eurobankbiljetten of euromunten uitvoert en die beschikt over een vergunning op grond van artikel 2, eerste lid, van de Wet particuliere beveiligingsorganisaties en recherchebureaus, of een vergunning op grond van verordening (EU) nr. 1214/2011 van het Europees Parlement en de Raad van 16 november 2011 betreffende professioneel grensoverschrijdend transport van eurocontanten over de weg tussen lidstaten van de eurozone. </w:t>
+        <w:t xml:space="preserve">j. geldtransportonderneming: onderneming die in de uitoefening van beroep of bedrijf transport van eurobankbiljetten of euromunten uitvoert en die beschikt over een vergunning op grond van artikel 2, eerste lid, van de Wet particuliere beveiligingsorganisaties en recherchebureaus, of een vergunning op grond van verordening (EU) nr. 1214/2011 van het </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00493DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Europees Parlement en de Raad van 16 november 2011 betreffende professioneel grensoverschrijdend transport van eurocontanten over de weg tussen lidstaten van de eurozone. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="30E69499" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="18DF75C5" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -3288,60 +4897,51 @@
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Een ingevolge artikel 9j, eerste lid, aangewezen geldtransportonderneming geeft de Bank onverwijld schriftelijk kennis van het voornemen tot een wijziging met een substantiële </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">impact op de uitvoering van de werkzaamheden waartoe de onderneming zich heeft verbonden, onder vermelding van het tijdstip waarop zij het voornemen wil uitvoeren. </w:t>
+        <w:t xml:space="preserve">1. Een ingevolge artikel 9j, eerste lid, aangewezen geldtransportonderneming geeft de Bank onverwijld schriftelijk kennis van het voornemen tot een wijziging met een substantiële impact op de uitvoering van de werkzaamheden waartoe de onderneming zich heeft verbonden, onder vermelding van het tijdstip waarop zij het voornemen wil uitvoeren. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="49105887" w14:textId="44DC65A3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
@@ -4002,51 +5602,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="18D74B14" w14:textId="4746F44D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. De Bank is bevoegd tot oplegging van een last onder dwangsom ter handhaving van de bij of krachtens de artikelen 9i en 9k tot en met 9o gestelde regels. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="1668097F" w14:textId="08170AAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -4376,110 +5975,126 @@
     </w:p>
     <w:p w:rsidRPr="00E50CC7" w:rsidR="00E50CC7" w:rsidP="00E50CC7" w:rsidRDefault="004F6A18" w14:paraId="500EEF62" w14:textId="31BBA1B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E50CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTIKEL </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E50CC7" w:rsidR="00E50CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>IVa</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidRPr="00E50CC7" w:rsidR="00E50CC7" w:rsidP="00E50CC7" w:rsidRDefault="00E50CC7" w14:paraId="68025F70" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00E50CC7" w:rsidR="00E50CC7" w:rsidP="00E50CC7" w:rsidRDefault="00E50CC7" w14:paraId="229811EB" w14:textId="3E14278D">
+    <w:p w:rsidRPr="00E50CC7" w:rsidR="00E50CC7" w:rsidP="00E50CC7" w:rsidRDefault="00E50CC7" w14:paraId="229811EB" w14:textId="19ABD51B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E50CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E50CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Onze Minister van Financiën zendt binnen vijf jaar na de inwerkingtreding van deze wet aan de Staten-Generaal een verslag over de doeltreffendheid en de effecten van deze wet in de praktijk.</w:t>
+        <w:t xml:space="preserve">Onze Minister van Financiën zendt binnen </w:t>
+      </w:r>
+      <w:r w:rsidR="004622BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>drie jaar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E50CC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na de inwerkingtreding van deze wet aan de Staten-Generaal een verslag over de doeltreffendheid en de effecten van deze wet in de praktijk.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="775056BE" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="007A3D36" w:rsidP="00493DDC" w:rsidRDefault="007A3D36" w14:paraId="247A0B3D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
@@ -4722,135 +6337,146 @@
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ARTIKEL VII</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="7376610B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="1F75D171" w14:textId="057DD41F">
-[...83 lines deleted...]
-      <w:r w:rsidRPr="00493DDC">
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="1F75D171" w14:textId="05E7E93D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00493DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Deze wet wordt aangehaald als: Wet chartaal betalingsverkeer</w:t>
+      </w:r>
+      <w:r w:rsidR="00656568">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00656568" w:rsidR="00656568">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>en aanpassing van het toepassingsbereik van het bonusplafond</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00493DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00232899" w:rsidRDefault="00232899" w14:paraId="3DF52A83" w14:textId="3AB53C17">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C009C9" w:rsidRDefault="00C009C9" w14:paraId="01734F49" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00232899" w14:paraId="02EA1753" w14:textId="72FBECD7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00493DDC" w:rsidR="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lasten en bevelen dat deze in het Staatsblad zal worden geplaatst en dat alle ministeries, autoriteiten, colleges en ambtenaren die zulks aangaat, aan de nauwkeurige uitvoering de hand zullen houden.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="769B5D00" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="414BCA54" w14:textId="77777777">
       <w:pPr>
@@ -4988,142 +6614,112 @@
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="7AF0D1D1" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="38DF047B" w14:textId="77777777">
+    <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="36FC27B2" w14:textId="22D38C27">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>De Minister van Financiën,</w:t>
       </w:r>
-    </w:p>
-[...28 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidSect="00A11E73">
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="357" w:footer="1440" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="518C5154" w14:textId="77777777" w:rsidR="00493DDC" w:rsidRDefault="00493DDC">
+    <w:p w14:paraId="41674AB8" w14:textId="77777777" w:rsidR="008374B9" w:rsidRDefault="008374B9">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49552DB2" w14:textId="77777777" w:rsidR="00493DDC" w:rsidRDefault="00493DDC">
+    <w:p w14:paraId="48D335AE" w14:textId="77777777" w:rsidR="008374B9" w:rsidRDefault="008374B9">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5D907F85" w14:textId="77777777" w:rsidR="00493DDC" w:rsidRDefault="00493DDC">
+    <w:p w14:paraId="661CFCFB" w14:textId="77777777" w:rsidR="008374B9" w:rsidRDefault="008374B9">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
@@ -5131,50 +6727,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A521EA6" w14:textId="77777777" w:rsidR="002168F4" w:rsidRDefault="002168F4" w:rsidP="00826224">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
@@ -5250,144 +6854,196 @@
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="002168F4">
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="79507D0F" w14:textId="77777777" w:rsidR="002168F4" w:rsidRPr="002168F4" w:rsidRDefault="002168F4" w:rsidP="002168F4">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40400069" w14:textId="77777777" w:rsidR="00493DDC" w:rsidRDefault="00493DDC">
+    <w:p w14:paraId="40FC7EBD" w14:textId="77777777" w:rsidR="008374B9" w:rsidRDefault="008374B9">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6676DBC3" w14:textId="77777777" w:rsidR="00493DDC" w:rsidRDefault="00493DDC">
+    <w:p w14:paraId="062432B6" w14:textId="77777777" w:rsidR="008374B9" w:rsidRDefault="008374B9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00493DDC"/>
     <w:rsid w:val="00012DBE"/>
+    <w:rsid w:val="00062700"/>
+    <w:rsid w:val="00065A0A"/>
     <w:rsid w:val="000A1D81"/>
+    <w:rsid w:val="000D20D4"/>
     <w:rsid w:val="00111ED3"/>
+    <w:rsid w:val="00140C6E"/>
+    <w:rsid w:val="00175D14"/>
     <w:rsid w:val="001C190E"/>
+    <w:rsid w:val="001D2E30"/>
     <w:rsid w:val="002168F4"/>
+    <w:rsid w:val="00232899"/>
+    <w:rsid w:val="00241DA3"/>
     <w:rsid w:val="002A727C"/>
+    <w:rsid w:val="003D6900"/>
+    <w:rsid w:val="00441877"/>
+    <w:rsid w:val="004622BF"/>
     <w:rsid w:val="00493DDC"/>
     <w:rsid w:val="004F6A18"/>
     <w:rsid w:val="005075F0"/>
     <w:rsid w:val="005D2707"/>
     <w:rsid w:val="00606255"/>
+    <w:rsid w:val="00620A67"/>
+    <w:rsid w:val="00656568"/>
+    <w:rsid w:val="006A373E"/>
     <w:rsid w:val="006B607A"/>
+    <w:rsid w:val="00717C39"/>
+    <w:rsid w:val="00754610"/>
     <w:rsid w:val="007550F3"/>
+    <w:rsid w:val="00782273"/>
     <w:rsid w:val="007A3D36"/>
+    <w:rsid w:val="007A6FC5"/>
+    <w:rsid w:val="007B73C7"/>
     <w:rsid w:val="007D451C"/>
+    <w:rsid w:val="007D5B69"/>
+    <w:rsid w:val="00821485"/>
     <w:rsid w:val="00826224"/>
+    <w:rsid w:val="008374B9"/>
     <w:rsid w:val="00886E2B"/>
+    <w:rsid w:val="008D6921"/>
+    <w:rsid w:val="00922AF3"/>
+    <w:rsid w:val="00926A2B"/>
     <w:rsid w:val="00930A23"/>
+    <w:rsid w:val="00996588"/>
+    <w:rsid w:val="009A3102"/>
+    <w:rsid w:val="009B1F19"/>
     <w:rsid w:val="009C7354"/>
     <w:rsid w:val="009E6D7F"/>
+    <w:rsid w:val="009F4467"/>
     <w:rsid w:val="00A11E73"/>
     <w:rsid w:val="00A2521E"/>
+    <w:rsid w:val="00A44930"/>
+    <w:rsid w:val="00A872D2"/>
+    <w:rsid w:val="00AE1FE9"/>
+    <w:rsid w:val="00AE2C64"/>
     <w:rsid w:val="00AE436A"/>
+    <w:rsid w:val="00BE0B27"/>
+    <w:rsid w:val="00C009C9"/>
+    <w:rsid w:val="00C11664"/>
     <w:rsid w:val="00C135B1"/>
     <w:rsid w:val="00C92DF8"/>
+    <w:rsid w:val="00CA3CE9"/>
+    <w:rsid w:val="00CB0352"/>
+    <w:rsid w:val="00CB0F13"/>
     <w:rsid w:val="00CB3578"/>
+    <w:rsid w:val="00CC025B"/>
     <w:rsid w:val="00D20AFA"/>
+    <w:rsid w:val="00D4294F"/>
+    <w:rsid w:val="00D44862"/>
     <w:rsid w:val="00D55648"/>
     <w:rsid w:val="00D635EF"/>
+    <w:rsid w:val="00DB0ACF"/>
+    <w:rsid w:val="00DE5E41"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E36EE9"/>
     <w:rsid w:val="00E43794"/>
     <w:rsid w:val="00E4390C"/>
     <w:rsid w:val="00E50CC7"/>
+    <w:rsid w:val="00E71362"/>
+    <w:rsid w:val="00E84E25"/>
+    <w:rsid w:val="00EB239E"/>
+    <w:rsid w:val="00EE57EC"/>
+    <w:rsid w:val="00EE786B"/>
     <w:rsid w:val="00F13442"/>
+    <w:rsid w:val="00F209A1"/>
+    <w:rsid w:val="00F22477"/>
     <w:rsid w:val="00F956D4"/>
+    <w:rsid w:val="00F956FF"/>
+    <w:rsid w:val="00FF3321"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -6476,50 +8132,128 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="dossiertitel">
     <w:name w:val="dossiertitel"/>
     <w:basedOn w:val="Standaard"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="documentdatum">
     <w:name w:val="documentdatum"/>
     <w:basedOn w:val="Standaard"/>
     <w:rPr>
       <w:i/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="vergaderjaar">
     <w:name w:val="vergaderjaar"/>
     <w:basedOn w:val="Standaard"/>
   </w:style>
   <w:style w:type="character" w:styleId="Paginanummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:rsid w:val="002168F4"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="vz12">
+    <w:name w:val="vz12"/>
+    <w:rsid w:val="00A44930"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Mincho"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revisie">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E71362"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Verwijzingopmerking">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:rsid w:val="00996588"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstopmerking">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="TekstopmerkingChar"/>
+    <w:rsid w:val="00996588"/>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstopmerkingChar">
+    <w:name w:val="Tekst opmerking Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Tekstopmerking"/>
+    <w:rsid w:val="00996588"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Onderwerpvanopmerking">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstopmerking"/>
+    <w:next w:val="Tekstopmerking"/>
+    <w:link w:val="OnderwerpvanopmerkingChar"/>
+    <w:rsid w:val="00996588"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OnderwerpvanopmerkingChar">
+    <w:name w:val="Onderwerp van opmerking Char"/>
+    <w:basedOn w:val="TekstopmerkingChar"/>
+    <w:link w:val="Onderwerpvanopmerking"/>
+    <w:rsid w:val="00996588"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lijstalinea">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CA3CE9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\GriffieSjablonen\wet.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -6777,100 +8511,109 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <ap:Pages>7</ap:Pages>
-[...1 lines deleted...]
-  <ap:Characters>11516</ap:Characters>
+  <ap:Pages>9</ap:Pages>
+  <ap:Words>2807</ap:Words>
+  <ap:Characters>16316</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>95</ap:Lines>
-  <ap:Paragraphs>27</ap:Paragraphs>
+  <ap:Lines>135</ap:Lines>
+  <ap:Paragraphs>38</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>13515</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>19085</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>737000711</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_EmailSubject">
     <vt:lpwstr>Sjablonen amendementen en voorstellen van wet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_AuthorEmail">
     <vt:lpwstr>M.Geenen@sdu.nl</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Geenen, Michel</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_PreviousAdHocReviewCycleID">
     <vt:i4>-1389537874</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ReviewingToolsShownOnce">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ContentTypeId">
     <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Order">
     <vt:r8>100</vt:r8>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>