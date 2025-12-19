--- v0 (2025-10-01)
+++ v1 (2025-12-19)
@@ -5202,51 +5202,51 @@
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="470E82BB" w14:textId="77777777" w:rsidR="00F33627" w:rsidRDefault="00F33627" w:rsidP="005A7E53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="071442C5" w14:textId="77777777" w:rsidR="00F33627" w:rsidRDefault="00F33627" w:rsidP="005A7E53">
       <w:pPr>
@@ -7092,50 +7092,51 @@
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F00812"/>
     <w:rsid w:val="0000595E"/>
     <w:rsid w:val="00011F5F"/>
     <w:rsid w:val="000A26B3"/>
     <w:rsid w:val="000C0213"/>
     <w:rsid w:val="000C2137"/>
     <w:rsid w:val="001251D2"/>
     <w:rsid w:val="001332C6"/>
     <w:rsid w:val="00134D45"/>
+    <w:rsid w:val="00142D58"/>
     <w:rsid w:val="00151D93"/>
     <w:rsid w:val="00194DBF"/>
     <w:rsid w:val="001F01DE"/>
     <w:rsid w:val="002064BD"/>
     <w:rsid w:val="002A4C06"/>
     <w:rsid w:val="002B7590"/>
     <w:rsid w:val="002D3756"/>
     <w:rsid w:val="002E305C"/>
     <w:rsid w:val="00313341"/>
     <w:rsid w:val="00376752"/>
     <w:rsid w:val="00377326"/>
     <w:rsid w:val="00396078"/>
     <w:rsid w:val="003C67FD"/>
     <w:rsid w:val="003D382E"/>
     <w:rsid w:val="003E5BE4"/>
     <w:rsid w:val="0044223C"/>
     <w:rsid w:val="0045667E"/>
     <w:rsid w:val="00461F23"/>
     <w:rsid w:val="00486C76"/>
     <w:rsid w:val="004A366F"/>
     <w:rsid w:val="004D0C42"/>
     <w:rsid w:val="004E402C"/>
     <w:rsid w:val="004E7CE9"/>
     <w:rsid w:val="005026B2"/>
     <w:rsid w:val="00522259"/>
@@ -7181,50 +7182,51 @@
     <w:rsid w:val="0099595D"/>
     <w:rsid w:val="009A1EFE"/>
     <w:rsid w:val="009C52AC"/>
     <w:rsid w:val="009D041A"/>
     <w:rsid w:val="009E015E"/>
     <w:rsid w:val="00A02135"/>
     <w:rsid w:val="00A17582"/>
     <w:rsid w:val="00A23539"/>
     <w:rsid w:val="00A47F6B"/>
     <w:rsid w:val="00A54AE5"/>
     <w:rsid w:val="00A776D2"/>
     <w:rsid w:val="00A97CCF"/>
     <w:rsid w:val="00AA7793"/>
     <w:rsid w:val="00AA7E52"/>
     <w:rsid w:val="00AD194B"/>
     <w:rsid w:val="00AD7AF5"/>
     <w:rsid w:val="00B10E45"/>
     <w:rsid w:val="00B13830"/>
     <w:rsid w:val="00B54FA0"/>
     <w:rsid w:val="00B80EE0"/>
     <w:rsid w:val="00BC5AF5"/>
     <w:rsid w:val="00BC6886"/>
     <w:rsid w:val="00BF7A51"/>
     <w:rsid w:val="00C03DB3"/>
     <w:rsid w:val="00C2035C"/>
+    <w:rsid w:val="00C25D6F"/>
     <w:rsid w:val="00CB65FC"/>
     <w:rsid w:val="00CD36A7"/>
     <w:rsid w:val="00CD74C0"/>
     <w:rsid w:val="00D137E1"/>
     <w:rsid w:val="00D23DAD"/>
     <w:rsid w:val="00D571F3"/>
     <w:rsid w:val="00D91C1C"/>
     <w:rsid w:val="00D93814"/>
     <w:rsid w:val="00DD0664"/>
     <w:rsid w:val="00DD6CFD"/>
     <w:rsid w:val="00DE5852"/>
     <w:rsid w:val="00E1580F"/>
     <w:rsid w:val="00E17298"/>
     <w:rsid w:val="00E207DD"/>
     <w:rsid w:val="00E40527"/>
     <w:rsid w:val="00E42975"/>
     <w:rsid w:val="00E70270"/>
     <w:rsid w:val="00E71CAE"/>
     <w:rsid w:val="00ED4DA8"/>
     <w:rsid w:val="00F00812"/>
     <w:rsid w:val="00F01ECD"/>
     <w:rsid w:val="00F13C85"/>
     <w:rsid w:val="00F33627"/>
     <w:rsid w:val="00F41E84"/>
     <w:rsid w:val="00F75495"/>