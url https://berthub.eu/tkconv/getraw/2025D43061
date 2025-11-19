--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -42,84 +42,141 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6590"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00F13442" w14:paraId="34058FEF" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9142" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00995548" w:rsidR="00CB3578" w:rsidP="00995548" w:rsidRDefault="00995548" w14:paraId="04BBCF1F" w14:textId="0ADFF709">
+          <w:p w:rsidRPr="00995548" w:rsidR="00CB3578" w:rsidP="00995548" w:rsidRDefault="00995548" w14:paraId="04BBCF1F" w14:textId="153C66BD">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00995548">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Bijgewerkt t/m nr. 5 (</w:t>
+              <w:t xml:space="preserve">Bijgewerkt t/m nr. </w:t>
+            </w:r>
+            <w:r w:rsidR="00214050">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995548">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00214050">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00214050" w:rsidR="00214050">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00214050">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00995548">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>NvW</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00995548">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> d.d. 1 oktober 2025)</w:t>
+              <w:t xml:space="preserve"> d.d. </w:t>
+            </w:r>
+            <w:r w:rsidR="00214050">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>7 november</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995548">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="70ED29A5" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -2568,125 +2625,118 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00911A97" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="70D613FC" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="0DE6D751" w14:textId="5FC9A73A">
+    <w:p w:rsidR="00911A97" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="548DECC3" w14:textId="0580F100">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Na het eerste lid wordt een lid ingevoegd, luidende: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00911A97" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="548DECC3" w14:textId="77777777">
-[...42 lines deleted...]
-        <w:t>3. Na de eerste wijziging van de CO2-uitstootgrens of het percentage in artikel 13bis, tweede lid, zoals dat luidde op 31 december 2025 na de datum van eerste toelating van de auto, is voor een periode van 60 maanden te rekenen vanaf de eerste dag van de maand volgend op de datum van eerste toelating, de verlaging, bedoeld in die bepaling, van toepassing overeenkomstig de bepalingen die gelden direct voorafgaand aan die wijziging.</w:t>
+    <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="6BDEF532" w14:textId="3573814F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00527A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Na de eerste wijziging van de CO2-uitstootgrens of het percentage in artikel 13bis, tweede lid, zoals dat luidde op 31 december 2025 na de datum van eerste toelating van de auto, is voor een periode van 60 maanden te rekenen vanaf de eerste dag van de maand volgend op de datum van eerste toelating, de verlaging, bedoeld in die bepaling, van toepassing overeenkomstig de bepalingen die gelden direct voorafgaand aan die wijziging.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00B8709D" w14:paraId="637176E6" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00B8709D" w14:paraId="12EB3996" w14:textId="282DC027">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -2872,60 +2922,68 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Het tweede lid is niet van toepassing op: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="69DE8CDB" w14:textId="4AD426C7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a. een aanspraak ingevolge een wezenpensioenregeling als bedoeld in artikel 18c zoals dat luidde op 30 juni 2023 die is ontstaan of waarvan de uitkeringen zijn ingegaan voor het </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:tab/>
-[...7 lines deleted...]
-        <w:t>a. een aanspraak ingevolge een wezenpensioenregeling als bedoeld in artikel 18c zoals dat luidde op 30 juni 2023 die is ontstaan of waarvan de uitkeringen zijn ingegaan voor het tijdstip waarop die aanspraak is omgezet in een aanspraak ingevolge een premieovereenkomst als bedoeld in artikel 10 van de Pensioenwet of artikel 28 van de Wet verplichte beroepspensioenregeling;</w:t>
+        <w:t>tijdstip waarop die aanspraak is omgezet in een aanspraak ingevolge een premieovereenkomst als bedoeld in artikel 10 van de Pensioenwet of artikel 28 van de Wet verplichte beroepspensioenregeling;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="19CEADFD" w14:textId="47E08CB7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
@@ -3576,97 +3634,97 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="5CE90C83" w14:textId="3DBCCCCF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In artikel 2, twaalfde lid, wordt “twaalfde lid” vervangen door “elfde lid”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00B8709D" w14:paraId="7391EF8E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00B8709D" w14:paraId="409FFEFD" w14:textId="0F09F832">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B8709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:tab/>
-[...44 lines deleted...]
-        </w:rPr>
         <w:t>B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="00911A97" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="230351E2" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="55061909" w14:textId="51690B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
@@ -4478,50 +4536,51 @@
     </w:p>
     <w:p w:rsidRPr="00911A97" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="548D1860" w14:textId="6DED4B72">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911A97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ARTIKEL XII</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00B8709D" w14:paraId="43ECF311" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="7435A4FF" w14:textId="437444A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
@@ -5307,82 +5366,82 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="7AFA7371" w14:textId="654A1B5E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Afdeling 2.3 van de Algemene wet bestuursrecht zoals die luidde voor inwerkingtreding van artikel I, onderdeel D, van de Wet modernisering elektronisch bestuurlijk verkeer blijft van toepassing op:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="752BA158" w14:textId="6708D6BD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:tab/>
-[...29 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a. de Wet compensatie wegens selectie aan de poort;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="25D9B15E" w14:textId="5922F896">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -6065,82 +6124,82 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Indien een lichaam daarvoor kiest wordt dat lichaam met ingang van 1 januari 2025 niet aangemerkt als fonds voor gemene rekening of lichaam opgericht of aangegaan naar het recht van een andere staat dat een met een fonds voor gemene rekening vergelijkbare rechtsvorm heeft, mits: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="5EA0F4B1" w14:textId="42CFA208">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a. dat lichaam zonder toepassing van dit artikel met ingang van 1 januari 2025 belastingplichtig zou zijn op grond van artikel 2, eerste lid, onderdeel f, van de Wet op de vennootschapsbelasting 1969, onderscheidenlijk artikel 3, eerste lid, onderdeel a, van die wet; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="5FD8173F" w14:textId="3287D729">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:tab/>
-[...29 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>b. onmiddellijk voorafgaand aan 1 januari 2025 dat lichaam niet belastingplichtig was op grond van artikel 2 of 3 van de Wet op de vennootschapsbelasting 1969 en de bezittingen en schulden alsmede de opbrengsten en kosten van dat lichaam aan de participanten van dat lichaam werden toegerekend; en</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00911A97" w14:paraId="0000A9C7" w14:textId="205619F6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -6844,120 +6903,120 @@
     </w:p>
     <w:p w:rsidRPr="0028585A" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="0028585A" w14:paraId="4C636B92" w14:textId="3E218D7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0028585A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>ARTIKEL XXIII</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00B8709D" w14:paraId="1D22ABDD" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="0028585A" w14:paraId="5627FF5F" w14:textId="283E18E1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Deze wet treedt in werking met ingang van 1 januari 2026, met dien verstande dat:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="0028585A" w14:paraId="577CC14B" w14:textId="714D3E1C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ARTIKEL XXIII</w:t>
-[...67 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a. artikel I, onderdelen A en G, toepassing vindt nadat artikel 10b.1 van de Wet inkomstenbelasting 2001 is toegepast;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="0028585A" w14:paraId="681035A8" w14:textId="311A8BB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -7216,79 +7275,95 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2. In afwijking van het eerste lid treedt artikel XIV in werking met ingang van de dag waarop artikel I, onderdeel D, van de Wet modernisering elektronisch bestuurlijk verkeer in werking treedt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="0028585A" w14:paraId="5172F004" w14:textId="0D999A21">
-[...27 lines deleted...]
-        <w:t>3. In afwijking van het eerste lid treedt artikel XI in werking op het tijdstip waarop artikel 2, eerste lid, van de Wet vrachtwagenheffing in werking treedt.</w:t>
+    <w:p w:rsidRPr="00B8709D" w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="0028585A" w14:paraId="5172F004" w14:textId="41C1F58A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. In afwijking van het eerste lid treedt artikel XI in werking op het tijdstip waarop artikel </w:t>
+      </w:r>
+      <w:r w:rsidR="00325BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B8709D" w:rsidR="00B8709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> van de Wet vrachtwagenheffing in werking treedt.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B8709D" w:rsidP="00B8709D" w:rsidRDefault="00B8709D" w14:paraId="416E9967" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00B8709D" w:rsidR="0028585A" w:rsidP="00B8709D" w:rsidRDefault="0028585A" w14:paraId="0BDB24AE" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -7841,104 +7916,109 @@
     <w:p w14:paraId="729AC032" w14:textId="77777777" w:rsidR="00B8709D" w:rsidRDefault="00B8709D">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="733A3F3E" w14:textId="77777777" w:rsidR="00B8709D" w:rsidRDefault="00B8709D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B8709D"/>
     <w:rsid w:val="00012DBE"/>
     <w:rsid w:val="00084A30"/>
     <w:rsid w:val="000A1D81"/>
     <w:rsid w:val="00111ED3"/>
     <w:rsid w:val="001C190E"/>
+    <w:rsid w:val="00214050"/>
     <w:rsid w:val="002168F4"/>
     <w:rsid w:val="0028585A"/>
     <w:rsid w:val="002A727C"/>
+    <w:rsid w:val="00325BAB"/>
+    <w:rsid w:val="003E6037"/>
+    <w:rsid w:val="00527A2F"/>
     <w:rsid w:val="005D2707"/>
     <w:rsid w:val="00606255"/>
     <w:rsid w:val="006B5E82"/>
     <w:rsid w:val="006B607A"/>
     <w:rsid w:val="007A42AB"/>
     <w:rsid w:val="007D451C"/>
     <w:rsid w:val="00826224"/>
     <w:rsid w:val="008B707E"/>
     <w:rsid w:val="00911A97"/>
     <w:rsid w:val="009151A3"/>
     <w:rsid w:val="00930A23"/>
     <w:rsid w:val="00995548"/>
     <w:rsid w:val="009C7354"/>
+    <w:rsid w:val="009D0E53"/>
     <w:rsid w:val="009E6D7F"/>
     <w:rsid w:val="00A11E73"/>
     <w:rsid w:val="00A2521E"/>
     <w:rsid w:val="00AE436A"/>
     <w:rsid w:val="00B05CB5"/>
     <w:rsid w:val="00B8709D"/>
     <w:rsid w:val="00C135B1"/>
     <w:rsid w:val="00C92DF8"/>
     <w:rsid w:val="00CB3578"/>
     <w:rsid w:val="00D20AFA"/>
     <w:rsid w:val="00D35CC4"/>
     <w:rsid w:val="00D4320D"/>
     <w:rsid w:val="00D55648"/>
     <w:rsid w:val="00DC0C58"/>
     <w:rsid w:val="00E10AE6"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E17A28"/>
     <w:rsid w:val="00E36EE9"/>
     <w:rsid w:val="00F13442"/>
     <w:rsid w:val="00F956D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -9357,73 +9437,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>9</ap:Pages>
-  <ap:Words>2423</ap:Words>
-  <ap:Characters>13011</ap:Characters>
+  <ap:Words>2422</ap:Words>
+  <ap:Characters>13003</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:Lines>108</ap:Lines>
   <ap:Paragraphs>30</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>15404</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>15395</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>737000711</vt:i4>