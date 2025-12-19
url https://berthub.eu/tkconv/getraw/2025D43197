--- v0 (2025-10-04)
+++ v1 (2025-12-19)
@@ -1,4243 +1,1813 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="782744A1" w14:textId="77777777">
-[...45 lines deleted...]
-    <w:p w:rsidR="007D2CF0" w:rsidRDefault="00CE3324" w14:paraId="0875529C" w14:textId="6ACDB3CE">
+    <w:p w:rsidR="00091497" w:rsidP="00091497" w:rsidRDefault="00091497" w14:paraId="3F9FC88D" w14:textId="76A84F92">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>N</w:t>
-[...23 lines deleted...]
-        <w:t>VERSLAG HOUDENDE EEN LIJST VAN VRAGEN EN ANTWOORDEN</w:t>
+        <w:t xml:space="preserve">VERSLAG HOUDENDE EEN LIJST VAN VRAGEN </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="17EED5FC" w14:textId="77777777">
-[...28 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00091497" w:rsidP="00091497" w:rsidRDefault="00091497" w14:paraId="2BEA59B4" w14:textId="5637FA70">
       <w:r w:rsidRPr="00CE3324">
         <w:t xml:space="preserve">De vaste commissie voor Klimaat en Groene Groei, belast met het voorbereidend onderzoek van dit wetsvoorstel, heeft de eer verslag uit te brengen in de vorm van een lijst van vragen met de daarop gegeven antwoorden. De vragen zijn op </w:t>
       </w:r>
       <w:r>
         <w:t>2 oktober 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE3324">
         <w:t xml:space="preserve"> voorgelegd aan de regering.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE3324" w:rsidP="00CE3324" w:rsidRDefault="00CE3324" w14:paraId="16DE859F" w14:textId="77777777">
+    <w:p w:rsidRPr="00CE3324" w:rsidR="00091497" w:rsidP="00091497" w:rsidRDefault="00091497" w14:paraId="588025AE" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:before="0" w:after="0"/>
-[...14 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1410" w:firstLine="2"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00CE3324" w:rsidR="00CE3324" w:rsidP="00CE3324" w:rsidRDefault="00CE3324" w14:paraId="13A4F3D6" w14:textId="77777777">
+    <w:p w:rsidR="00091497" w:rsidP="00091497" w:rsidRDefault="00091497" w14:paraId="47327581" w14:textId="43077D18">
       <w:pPr>
-        <w:spacing w:before="0" w:after="0"/>
-[...6 lines deleted...]
-        <w:ind w:left="703" w:firstLine="709"/>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Voorzitter van de commissie, </w:t>
+        <w:t>De v</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">oorzitter van de commissie, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="6400416A" w14:textId="7B41FE47">
+    <w:p w:rsidR="00091497" w:rsidP="00091497" w:rsidRDefault="00091497" w14:paraId="75D2A1EA" w14:textId="4B99757A">
       <w:pPr>
-        <w:spacing w:before="0" w:after="0"/>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00CE3324">
         <w:t>Thijssen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="78DA7C56" w14:textId="77777777">
+    <w:p w:rsidR="00091497" w:rsidP="00091497" w:rsidRDefault="00091497" w14:paraId="2C9A75DC" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:before="0" w:after="0"/>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="70E0E09B" w14:textId="77777777">
+    <w:p w:rsidR="00091497" w:rsidP="00091497" w:rsidRDefault="00091497" w14:paraId="3CA84978" w14:textId="27AD57F7">
       <w:pPr>
-        <w:spacing w:before="0" w:after="0"/>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
+        <w:t>De g</w:t>
       </w:r>
       <w:r>
-        <w:tab/>
-        <w:t>Griffier van de commissie,</w:t>
+        <w:t>riffier van de commissie,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="7E1593C4" w14:textId="6FE32881">
+    <w:p w:rsidR="00091497" w:rsidP="00091497" w:rsidRDefault="00091497" w14:paraId="1F17648D" w14:textId="6A937F88">
       <w:pPr>
-        <w:spacing w:before="0" w:after="0"/>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00CE3324">
         <w:t>Nava</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D2CF0" w:rsidRDefault="007D2CF0" w14:paraId="1CD2B0FA" w14:textId="77777777"/>
+    <w:p w:rsidR="00091497" w:rsidP="00091497" w:rsidRDefault="00091497" w14:paraId="5F793489" w14:textId="77777777"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9497" w:type="dxa"/>
+        <w:tblW w:w="7088" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="6521"/>
-        <w:gridCol w:w="850"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="567"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D2CF0" w:rsidTr="00E7153D" w14:paraId="6722E906" w14:textId="77777777">
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="2F870A22" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="59DC3A84" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="47E15844" w14:textId="77777777">
             <w:bookmarkStart w:name="bmkStartTabel" w:id="0"/>
             <w:bookmarkEnd w:id="0"/>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Nr</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="70BDAFAB" w14:textId="77777777">
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="2B040325" w14:textId="77777777">
             <w:r>
               <w:t>Vraag</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="41526C49" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="68D7EEC4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="6A9C7AF0" w14:textId="77777777">
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="121115F2" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="1025390F" w14:textId="77777777">
             <w:r>
               <w:t>Hoeveel middelen zijn er voor 2025, 2026 en structureel beschikbaar voor initiatieven om energiearmoede tegen te gaan en bewonersinitiatieven te stimuleren?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...41 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="1968C4B8" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="5953F22D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="3EEFC6DF" w14:textId="77777777">
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="634F875B" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="0FAD218C" w14:textId="77777777">
             <w:r>
               <w:t>Hoeveel mensen worden er in 2025 waarschijnlijk bereikt met de middelen voor initiatieven om energiearmoede tegen te gaan en bewonersinitiatieven te stimuleren? Hoeveel worden er naar verwachting in 2026 bereikt?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...41 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="45484E88" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="702C1DAD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="047E9539" w14:textId="77777777">
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="01F98556" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="072F5C44" w14:textId="77777777">
             <w:r>
               <w:t>Hoe ontwikkelen de energieprijzen voor bedrijven in Nederland zich ten opzichte van andere landen, enerzijds Europese landen als Duitsland, België en Frankrijk, anderzijds landen als het Verenigd Koninkrijk (VK), de Verenigde Staten (VS) en China?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...16 lines deleted...]
-            </w:pPr>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="71213A3E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="677B662A" w14:textId="77777777">
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="040B3DE4" w14:textId="77777777">
+            <w:r>
+              <w:t>Kan inzichtelijk worden gemaakt hoe de energieprijzen voor huishoudens zich de aankomende jaren ontwikkelen en hoe dit zich verhoudt tot de prijzen in Duitsland, Frankrijk en België?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="76B7BAB6" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="22C441AE" w14:textId="77777777">
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="5E186C14" w14:textId="77777777">
+            <w:r>
+              <w:t>Hoe worden bedrijven in andere Europese landen gecompenseerd voor de hoge energieprijzen, bijvoorbeeld in Duitsland, België en Frankrijk?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="6EB9AB78" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="0182C478" w14:textId="77777777">
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="10B7D5E3" w14:textId="77777777">
+            <w:r>
+              <w:t>Hoe lopen andere Europese landen op koers om de bindende Europese doelstellingen ten aanzien van hernieuwbare energie en energiebesparing te halen?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="54E876DC" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="63F41B18" w14:textId="77777777">
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="26C05557" w14:textId="77777777">
+            <w:r>
+              <w:t>Hoe liggen andere Europese landen op koers om hun eigen en de Europese klimaatdoelstellingen te halen? Welke landen halen deze momenteel wel en welke landen halen deze niet?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="2193986D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="7524A9C4" w14:textId="77777777">
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="1A91A7DC" w14:textId="77777777">
+            <w:r>
+              <w:t>Hoe wordt met deze begroting voorkomen dat bedrijven naar het buitenland vertrekken?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="07A0EF4B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="364B44AC" w14:textId="77777777">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="0096415F" w14:textId="77777777">
+            <w:r>
+              <w:t>Hoeveel middelen zijn er voorzien voor het ondersteunen van de realisatie van energie-infrastructuur en hoeveel private investeringen worden hiermee uitgelokt?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="051CC8EB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="4408C8D1" w14:textId="77777777">
             <w:r>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...296 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="200CD916" w14:textId="77777777">
+            <w:r>
+              <w:t>Welke maatregelen kan Nederland nog nemen om de hoge energieprijzen te compenseren? Kan dit worden uitgesplitst in maatregelen voor de hoge kosten bij bedrijven en voor de hoge kosten bij huishoudens?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="6686E1A9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="3C547FD1" w14:textId="77777777">
             <w:r>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...113 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="10B8415B" w14:textId="77777777">
+            <w:r>
+              <w:t>Welke maatregelen worden er genomen om te voorkomen dat de energierekening van huishoudens erg zal stijgen de aankomende periode?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="22786921" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="5F8C0834" w14:textId="77777777">
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="1F7368ED" w14:textId="77777777">
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="1A239DBE" w14:textId="77777777">
             <w:r>
               <w:t>Hoe stimuleert het huidige beleid dat bestaande gas -en kolencentrales omgebouwd kunnen worden naar CO2-neutrale centrales die de leveringszekerheid van elektriciteit kunnen waarborgen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...16 lines deleted...]
-            </w:pPr>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="072CDBF1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="0065E5E4" w14:textId="77777777">
             <w:r>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...29 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="29685520" w14:textId="77777777">
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="60311991" w14:textId="77777777">
             <w:r>
               <w:t>Wanneer volgt er meer duidelijkheid over de mogelijkheden om een capaciteitsmechanisme in te zetten in Nederland?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="1FB1F6DA" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="7AC096ED" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="5EFE5D54" w14:textId="77777777">
             <w:r>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="0957D52D" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="5F4F42DE" w14:textId="77777777">
             <w:r>
               <w:t>Hoe ziet de tijdslijn eruit om een capaciteitsmechanisme op te bouwen dat op tijd gereed is om de leveringszekerheid van elektriciteit na 2030 te kunnen waarborgen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="55AE4684" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="3D6AC8D5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="496AF33D" w14:textId="77777777">
             <w:r>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="19D41171" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="27024FCA" w14:textId="77777777">
             <w:r>
               <w:t>Hoeveel concrete verduurzamingsprojecten van de industrie en het bedrijfsleven hebben de afgelopen jaren vertraging opgelopen door netcongestie?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="7051D1C5" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="08F58898" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="44A77888" w14:textId="77777777">
             <w:r>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="0DE956AD" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="67C7DB7C" w14:textId="77777777">
             <w:r>
               <w:t>Hoeveel sneller kunnen de vergunningsprocedures voor de uitbreiding van het elektriciteitsnet worden doorlopen na de verschillende versnellingspakketten die zijn aangekondigd?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="249F6E4C" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="45722E17" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="4E85F414" w14:textId="77777777">
             <w:r>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="13571328" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="03F17A56" w14:textId="77777777">
             <w:r>
               <w:t>Welke maatregelen uit de versnellingspakketten voor netcongestie kunnen ook worden ingezet om andere energie-infrastructuurprojecten te versnellen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="15DE65CC" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="1E1F4E64" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="485EEF9D" w14:textId="77777777">
             <w:r>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="0FF3FBE9" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="7D1B29E8" w14:textId="77777777">
             <w:r>
               <w:t>Wat is uw reactie op het aandachtspunt van de Algemene Rekenkamer dat de doelstelling van het Landelijk Actieprogramma Netcongestie (LAN) op delen specifiek is, maar niet goed meetbaar en niet tijdgebonden (en daarom niet navolgbaar voor de Tweede Kamer), waardoor het niet duidelijk is wanneer welke doelen gerealiseerd moeten zijn?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="0FA0D42E" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="26B8D9B2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="320F0907" w14:textId="77777777">
             <w:r>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="27F891A0" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="05DA1BF3" w14:textId="77777777">
             <w:r>
               <w:t>Kunt u een inschatting geven van de gevolgen van netcongestie voor de inkomstenkant van de begroting, bijvoorbeeld in de vorm van tegenvallende belasting- en premie-inkomsten doordat woningbouw en andere activiteiten stil komen te liggen door netcongestie?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="6987D381" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="1F2B7CC5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="1C844002" w14:textId="77777777">
             <w:r>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="1AC9F40D" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="18984500" w14:textId="77777777">
             <w:r>
               <w:t>Welke stappen worden er gezet om de vergunningverlening voor kernenergie te versnellen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...45 lines deleted...]
-            <w:r>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="58237F77" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="625E4F3B" w14:textId="77777777">
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="75832560" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="57127714" w14:textId="77777777">
             <w:r>
               <w:t>Wanneer wordt er besloten welke versnellingsmaatregelen zullen worden genomen om de bouw van de vier kerncentrales te versnellen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="7923080F" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="0B45222B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="64DDCB53" w14:textId="77777777">
             <w:r>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="4FF92A59" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="2BCE19DA" w14:textId="77777777">
             <w:r>
               <w:t>Wat is de verwachte bijdrage van vier kerncentrales aan de leveringszekerheid in 2040? Hoe verschilt dit van twee kerncentrales?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="6FAB6E8E" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="42005FC1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="763C7DF8" w14:textId="77777777">
             <w:r>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="1EBD29C9" w14:textId="77777777">
-[...50 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="1292B8FF" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="09B995B3" w14:textId="77777777">
+            <w:r>
+              <w:t xml:space="preserve">Hoeveel MW aan extra capaciteit verwacht u in potentie in 2040 uit small </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>modular</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> reactors (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>SMR’s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) te kunnen halen?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="53F8C5AE" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="236656BE" w14:textId="77777777">
             <w:r>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="21CFC7BC" w14:textId="77777777">
-[...50 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="02397E09" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="281A7285" w14:textId="77777777">
+            <w:r>
+              <w:t xml:space="preserve">Hoeveel megaton CO2-reductie kan er in 2030, in 2035, in 2040 en in 2045 naar schatting worden gerealiseerd met Carbon </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Capture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> en Storage (CCS)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="0106ACFF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="09C4847F" w14:textId="77777777">
             <w:r>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="72A4CEB2" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="531BBF46" w14:textId="77777777">
             <w:r>
               <w:t>Hoeveel middelen zijn er op de begroting gereserveerd voor het verlagen van de nettarieven?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="79C7B554" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="37C2027C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="782774CC" w14:textId="77777777">
             <w:r>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="7D846234" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="1CB89EDD" w14:textId="77777777">
             <w:r>
               <w:t>Als ervoor zou worden gekozen een subsidie aan netbeheerders te verstrekken voor het verlagen van de nettarieven (in lijn met de aanbeveling van het Interdepartementaal Beleidsonderzoek (IBO) Elektriciteitsinfrastructuur): hoe zou dit doorwerken op de begroting? Uit welke middelen zou deze subsidie kunnen komen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="3A3BC890" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="238A4988" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="28E611F6" w14:textId="77777777">
             <w:r>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="228A1D0C" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="1D4BC5B6" w14:textId="77777777">
             <w:r>
               <w:t>Klopt het dat de eerdere aankondiging van 200 miljoen euro voor verlaging van de energiebelasting is gehalveerd naar 100 miljoen euro (structureel)? Kunt u toelichten wat dit betekent voor het verlagen van de energiebelasting? Wat betekent dit voor de maandelijkse rekening van huishoudens?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="39B92681" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="105CCBBE" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="0B339AEF" w14:textId="77777777">
             <w:r>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="0F06F044" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="55CB82F6" w14:textId="77777777">
             <w:r>
               <w:t>Hoeveel wordt er uitgegeven aan de uitvoering van het oplossen van netcongestie?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="6C70B52C" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="6933C374" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="5300E521" w14:textId="77777777">
             <w:r>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="3AE35C2F" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="64630A2A" w14:textId="77777777">
             <w:r>
               <w:t>Hoeveel middelen vanuit de Rijksoverheid zijn er nodig om de geplande 5 gigawatt (GW) voor wind op zee volgend jaar te kunnen tenderen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="7C901211" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="293F1951" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="01DE3A9F" w14:textId="77777777">
             <w:r>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="3E120718" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="457B9471" w14:textId="77777777">
             <w:r>
               <w:t>Hoeveel middelen zijn er vanuit de Rijksoverheid nodig om op schema te blijven met de Routekaart windenergie op zee richting 21 GW?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="489B6F43" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="30935F66" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="74BB12B6" w14:textId="77777777">
             <w:r>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="0E082B1E" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="47C9CB99" w14:textId="77777777">
             <w:r>
               <w:t>Kunt u uitleggen hoe de Garantieregeling Warmtenetten (GRW) in het tweede en derde kwartaal van 2026 voor het eerst opengesteld kan worden, als het toetsingskader voor deze regeling pas rond Prinsjesdag 2026 in de ministerraad ligt?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="0A70BEA8" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="767B14F8" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="20BF91D1" w14:textId="77777777">
             <w:r>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="224EF2DF" w14:textId="77777777">
-[...51 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="7049B685" w14:textId="77777777">
+            <w:r>
+              <w:t xml:space="preserve">Hoe gaat de Garantieregeling Warmtenetten (GRW) naar verwachting op hoofdlijnen vorm krijgen? Welke keuzes moeten hierin nog gemaakt worden, hoe wordt hierin maximaal rekening gehouden met het belang van woningbouw, sociale huur en </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>middenhuur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, en wat is komend jaar de nadere planning van het besluitvormingsproces in aanloop naar de ministerraad rond Prinsjesdag 2026?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="0250402A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="6AE0726A" w14:textId="77777777">
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="4EBB046D" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="3F924452" w14:textId="77777777">
             <w:r>
               <w:t>Waaraan zijn de gelden van kernenergie de afgelopen jaren besteed? Waaraan zal het geld komend jaar worden besteed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...16 lines deleted...]
-            </w:pPr>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="666E8D85" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="5BBA3358" w14:textId="77777777">
+            <w:r>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="115097A2" w14:textId="77777777">
+            <w:r>
+              <w:t xml:space="preserve">Welke belemmeringen in regelgeving en vergunningverlening voor </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>SMR’s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> ziet u momenteel en hoe worden deze weggenomen?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="53E4E61E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="3A381769" w14:textId="77777777">
+            <w:r>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="14E6E6CC" w14:textId="77777777">
+            <w:r>
+              <w:t>Wat zijn de kosten als een aanbesteding van een windpark mislukt?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="45CA242D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="0F5CFCEB" w14:textId="77777777">
+            <w:r>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="7D5F8C0C" w14:textId="77777777">
+            <w:r>
+              <w:t>Hoe worden de kosten van de aanlanding van wind op zee verdeeld tussen Nederland en buurlanden?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="07DF9F95" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="76DA9E9F" w14:textId="77777777">
+            <w:r>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="3C043685" w14:textId="77777777">
+            <w:r>
+              <w:t>Wat zijn de systeemkosten van zonne- en windenergie? Hoe worden deze meegenomen in de vormgeving van beleid en waar komen deze terecht?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="0B1F7785" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="28F9D459" w14:textId="77777777">
+            <w:r>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="135428AC" w14:textId="77777777">
+            <w:r>
+              <w:t>Kunt u aangeven hoe de doelgroep van de Investeringssubsidie duurzame energie en energiebesparing-regeling (ISDE) zou kunnen worden aangepast, zodat de baten van energiesubsidiëring meer terecht komen bij de mensen met lagere inkomens die het echt nodig hebben, waaronder huurders?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="6212F684" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="5138E389" w14:textId="77777777">
+            <w:r>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="0E7DDDC8" w14:textId="77777777">
+            <w:r>
+              <w:t>Hoeveel van de beschikbare innovatiebudgetten (MOOI, DEI+, EKOO) worden er specifiek ingezet voor SMR-onderzoek en -ontwikkeling?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="60F5BE24" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="0C88217A" w14:textId="77777777">
+            <w:r>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="5D78F652" w14:textId="77777777">
+            <w:r>
+              <w:t>Kunt u per bedrijf waarmee u maatwerkafspraken sluit, uiteenzetten hoeveel megaton CO2-reductie dit ongeveer oplevert en hoeveel werkgelegenheid deze bedrijven bieden in Nederland?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="02014177" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="4E8C59D2" w14:textId="77777777">
+            <w:r>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="795EB8F5" w14:textId="77777777">
+            <w:r>
+              <w:t>Hoe helpt het verlengen van de Indirecte kostencompensatie (IKC) de industrie om te verduurzamen? Welke prikkel hebben de bedrijven die voordeel hebben bij de IKC om het geld dat zij door de IKC niet hoeven te besteden aan energie, dat geld in te zetten voor verduurzaming?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="2A75903E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="05391E4B" w14:textId="77777777">
+            <w:r>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="7B4BCF3A" w14:textId="77777777">
+            <w:r>
+              <w:t>Hoeveel inkomsten loopt u mis door het aanpassen van het tarief van de CO2-heffing? Kunt u een overzicht geven van hoeveel dit jaarlijks is vanaf 2026 tot en met 2032? Hoe worden deze kosten gedekt?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="16FA4F52" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="7B2B551D" w14:textId="77777777">
+            <w:r>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="486D3B63" w14:textId="77777777">
+            <w:r>
+              <w:t>Wat zijn de effecten geweest van de bezuiniging op de prijsrisicobuffer van de SDE++? Hoe werkt deze bezuiniging door op het openstellingsbudget en de reserve van de SDE++? Kunt u een schematisch overzicht geven van hoe de budgetten voor de openstelling, beschikkingen, reserve en daadwerkelijke jaarlijkse middelen van de SDE zich tot elkaar verhouden?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="13023D03" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="1BC1CC4A" w14:textId="77777777">
             <w:r>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...114 lines deleted...]
-            <w:r>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="74C70201" w14:textId="77777777">
+            <w:r>
+              <w:t>Kunt u toelichten hoe en onder welke veronderstellingen en parameters de reeks met meerjarenramingen voor de Warmtenetten Investeringssubsidie (WIS) is berekend?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="5FB778BD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="57EB48AC" w14:textId="77777777">
+            <w:r>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="784FCB3E" w14:textId="77777777">
+            <w:r>
+              <w:t>Hoe valt bij de Warmtenetten Investeringssubsidie (WIS) de grote toename van 2029 op 2030 van 151,5 miljoen euro naar 952,1 miljoen euro te verklaren?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="47FAB2EB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="1C9FDF67" w14:textId="77777777">
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...235 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="3C4A25BF" w14:textId="77777777">
+            <w:r>
+              <w:t>Hoeveel Nederlandse bedrijven hebben in 2025 subsidie uit de SDE++ ontvangen, en welk percentage hiervan betreft buitenlandse bedrijven die in Nederland projecten realiseren?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="60E2D2F3" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="77AEB031" w14:textId="77777777">
             <w:r>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...52 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="03AA4B4E" w14:textId="77777777">
+            <w:r>
+              <w:t>Hoe worden huishoudens gestimuleerd om zonnepanelen aan te schaffen gestimuleerd? Hoeveel budget is hiervoor beschikbaar?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="5EB37F65" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="78C3B12E" w14:textId="77777777">
+            <w:r>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="06712A0D" w14:textId="77777777">
+            <w:r>
+              <w:t>Hoe worden huishoudens gestimuleerd om een warmtepomp aan te schaffen? Hoeveel budget is hiervoor beschikbaar?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="1009F91F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="272B4033" w14:textId="77777777">
             <w:r>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...174 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="414ABDB1" w14:textId="77777777">
+            <w:r>
+              <w:t>Zijn er specifieke uitkeringen (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>SPUKs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) die van belang zijn voor woningbouw, die niet structureel zijn en ergens in de jaren 2026 t/m 2030 aflopen? Zo ja, wat zijn de consequenties hiervan? Hoeveel budget valt er weg en wat kan daardoor niet meer gerealiseerd worden? En wat zijn in die gevallen de vooruitzichten en eventuele plannen of alternatieven?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="70007855" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="69A6DFDE" w14:textId="77777777">
+            <w:r>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="41E73E09" w14:textId="77777777">
+            <w:r>
+              <w:t>Op welke wijze is de aanpassing van de CO2-doelstelling voor de WPM berekend? Hoeveel bedrijven komen met de wijziging buiten de verplichting te vallen, en welk aandeel is dit ten opzicht van het totaal aantal bedrijven dat oorspronkelijk onder de verplichting viel? Wat was het verschil in de gemiddelde CO2-uitstoot van tussen bedrijven van 100-250 medewerkers en &gt;250 conform de rapportage die per juli afgelopen jaar is ingediend?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="647DFCD0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="5D155514" w14:textId="77777777">
             <w:r>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...456 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="36442EC1" w14:textId="77777777">
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="166DD861" w14:textId="77777777">
             <w:r>
               <w:t>Welke aanpassingen op de pseudo-eindheffing binnen de mobiliteitssector zijn reden aan te nemen dat deze maatregel meer CO2-reductie zou opnemen dan in de Klimaat- en Energieverkenning (KEV) 2025 is aangenomen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="158158A0" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="615CB764" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="5058AA34" w14:textId="77777777">
             <w:r>
               <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="1E31A29C" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="74866348" w14:textId="77777777">
             <w:r>
               <w:t>Tot hoeveel extra uitstoot leidt het doortrekken van de accijnskorting in 2026 en in 2030? Zijn hierbij gedragseffecten zoals de keuze voor de aanschaf van een fossiele (lease)auto meegenomen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="12832E9A" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="247B3329" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="3CF45E81" w14:textId="77777777">
             <w:r>
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="4D9F8A62" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="05DA5947" w14:textId="77777777">
             <w:r>
               <w:t>Wat is de beoogde aanpassing van het brandstoftransitieverplichting voor 2028, 2029 en 20230?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="4F2E6C95" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="4FB31A0A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="256680F1" w14:textId="77777777">
             <w:r>
               <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="430882EB" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="686D573E" w14:textId="77777777">
             <w:r>
               <w:t xml:space="preserve">Kan per mobiliteits-maatregel uit de brief 'Uitvoering pakket Groene Groei' (Kamerstuk </w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>33 043, nr. 119 ) worden weergegeven wat het CO2-effect is ten opzichte van de KEV 2025?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-            </w:pPr>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="58FD8D07" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="24FACDDF" w14:textId="77777777">
+            <w:r>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="44B8AE7E" w14:textId="77777777">
+            <w:r>
+              <w:t>Zijn er beleidsmaatregelen geformuleerd die gaan over de eiwittransitie in relatie tot klimaat?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="13F0D112" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="12183C02" w14:textId="77777777">
+            <w:r>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="46C2D2DF" w14:textId="77777777">
+            <w:r>
+              <w:t xml:space="preserve">Klopt het dat Nederland zich in 2023 tijdens de COP28 zich </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>gecommiteerd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> heeft dat voedselsystemen onderdeel van klimaatbeleid moeten zijn?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="512D19DD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="189153B1" w14:textId="77777777">
+            <w:r>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="1A4470F7" w14:textId="77777777">
+            <w:r>
+              <w:t xml:space="preserve">Wat heeft het kabinet sinds 2023 gedaan om voedselsystemen onderdeel te laten zijn van het klimaatbeleid in lijn met de </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ondertekening van de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Emirates</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...191 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Declaration</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> on Food, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Agriculture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Climate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="5712233F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="4A462507" w14:textId="77777777">
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="09DC7339" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="00074D0C" w14:textId="77777777">
             <w:r>
               <w:t>In hoeverre is extensivering van de veehouderij onderdeel van klimaatbeleid?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="12272A48" w14:textId="77777777">
+      </w:tr>
+      <w:tr w:rsidR="00091497" w:rsidTr="00091497" w14:paraId="068B6D65" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="6DDF09BE" w14:textId="77777777">
             <w:r>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D2CF0" w:rsidRDefault="001856D0" w14:paraId="038DCB1A" w14:textId="77777777">
+          <w:p w:rsidR="00091497" w:rsidP="001947DA" w:rsidRDefault="00091497" w14:paraId="2085A068" w14:textId="77777777">
             <w:r>
               <w:t>Wanneer vindt de volgende doorrekening van de Klimaat- en Energienota plaats door het Planbureau voor de Leefomgeving (PBL)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...37 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007D2CF0" w:rsidRDefault="007D2CF0" w14:paraId="44182673" w14:textId="77777777"/>
-[...6 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+    <w:p w:rsidR="00091497" w:rsidP="00091497" w:rsidRDefault="00091497" w14:paraId="2DF07B4F" w14:textId="77777777"/>
+    <w:p w:rsidR="00EC711E" w:rsidRDefault="00EC711E" w14:paraId="7DB74157" w14:textId="77777777"/>
+    <w:sectPr w:rsidR="00EC711E" w:rsidSect="00091497">
+      <w:headerReference w:type="even" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54D20560" w14:textId="77777777" w:rsidR="0079170F" w:rsidRDefault="0079170F">
+    <w:p w14:paraId="47A9EE61" w14:textId="77777777" w:rsidR="00091497" w:rsidRDefault="00091497" w:rsidP="00091497">
       <w:pPr>
-        <w:spacing w:before="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64436C58" w14:textId="77777777" w:rsidR="0079170F" w:rsidRDefault="0079170F">
+    <w:p w14:paraId="4E66B67E" w14:textId="77777777" w:rsidR="00091497" w:rsidRDefault="00091497" w:rsidP="00091497">
       <w:pPr>
-        <w:spacing w:before="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...8 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5793D795" w14:textId="77777777" w:rsidR="007D2CF0" w:rsidRDefault="007D2CF0">
+  <w:p w14:paraId="6D9AB1E4" w14:textId="77777777" w:rsidR="00091497" w:rsidRPr="00091497" w:rsidRDefault="00091497" w:rsidP="00091497">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0208BD2D" w14:textId="77777777" w:rsidR="007D2CF0" w:rsidRDefault="001856D0">
+  <w:p w14:paraId="49566F09" w14:textId="77777777" w:rsidR="00091497" w:rsidRPr="00091497" w:rsidRDefault="00091497" w:rsidP="00091497">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
     </w:pPr>
-    <w:r>
-[...39 lines deleted...]
-    </w:fldSimple>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="58316F1F" w14:textId="77777777" w:rsidR="007D2CF0" w:rsidRDefault="007D2CF0">
+  <w:p w14:paraId="55D9F88B" w14:textId="77777777" w:rsidR="00091497" w:rsidRPr="00091497" w:rsidRDefault="00091497" w:rsidP="00091497">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B0CCA2B" w14:textId="77777777" w:rsidR="0079170F" w:rsidRDefault="0079170F">
+    <w:p w14:paraId="54907CD8" w14:textId="77777777" w:rsidR="00091497" w:rsidRDefault="00091497" w:rsidP="00091497">
       <w:pPr>
-        <w:spacing w:before="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="748EA118" w14:textId="77777777" w:rsidR="0079170F" w:rsidRDefault="0079170F">
+    <w:p w14:paraId="4457ED71" w14:textId="77777777" w:rsidR="00091497" w:rsidRDefault="00091497" w:rsidP="00091497">
       <w:pPr>
-        <w:spacing w:before="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="32A81BCC" w14:textId="77777777" w:rsidR="007D2CF0" w:rsidRDefault="007D2CF0">
+  <w:p w14:paraId="56EEFF09" w14:textId="77777777" w:rsidR="00091497" w:rsidRPr="00091497" w:rsidRDefault="00091497" w:rsidP="00091497">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="729D0FC2" w14:textId="77777777" w:rsidR="007D2CF0" w:rsidRDefault="007D2CF0">
+  <w:p w14:paraId="01E82880" w14:textId="77777777" w:rsidR="00091497" w:rsidRPr="00091497" w:rsidRDefault="00091497" w:rsidP="00091497">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="609662C9" w14:textId="77777777" w:rsidR="007D2CF0" w:rsidRDefault="007D2CF0">
+  <w:p w14:paraId="4167C8A9" w14:textId="77777777" w:rsidR="00091497" w:rsidRPr="00091497" w:rsidRDefault="00091497" w:rsidP="00091497">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
-[...1 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A77C3E"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00E7153D"/>
+    <w:rsidRoot w:val="00091497"/>
+    <w:rsid w:val="00091497"/>
+    <w:rsid w:val="00566ABE"/>
+    <w:rsid w:val="009F5F36"/>
+    <w:rsid w:val="00EC711E"/>
+    <w:rsid w:val="00F76D7F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5D68EE08"/>
-  <w15:docId w15:val="{424903C2-4B3B-4C83-BC21-6C28BCEB9925}"/>
+  <w14:docId w14:val="0F602641"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{54FF56B1-C4D6-4196-9E92-DB392AE202D0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4350,51 +1920,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4576,535 +2146,957 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B915EC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
     <w:pPr>
-      <w:spacing w:before="60" w:after="60"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
+    <w:name w:val="Kop 1 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop2Char">
+    <w:name w:val="Kop 2 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop3Char">
+    <w:name w:val="Kop 3 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop4Char">
+    <w:name w:val="Kop 4 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop5Char">
+    <w:name w:val="Kop 5 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop6Char">
+    <w:name w:val="Kop 6 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop7Char">
+    <w:name w:val="Kop 7 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop8Char">
+    <w:name w:val="Kop 8 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop9Char">
+    <w:name w:val="Kop 9 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titel">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="TitelChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitelChar">
+    <w:name w:val="Titel Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Titel"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ondertitel">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="OndertitelChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OndertitelChar">
+    <w:name w:val="Ondertitel Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Ondertitel"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citaat">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="CitaatChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaatChar">
+    <w:name w:val="Citaat Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Citaat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lijstalinea">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Intensievebenadrukking">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Duidelijkcitaat">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="DuidelijkcitaatChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DuidelijkcitaatChar">
+    <w:name w:val="Duidelijk citaat Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Duidelijkcitaat"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Intensieveverwijzing">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00091497"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Koptekst">
     <w:name w:val="header"/>
     <w:basedOn w:val="Standaard"/>
     <w:link w:val="KoptekstChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B915EC"/>
+    <w:rsid w:val="00091497"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
-      <w:spacing w:before="0" w:after="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KoptekstChar">
     <w:name w:val="Koptekst Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Koptekst"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B915EC"/>
+    <w:rsid w:val="00091497"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Voettekst">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standaard"/>
     <w:link w:val="VoettekstChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B915EC"/>
+    <w:rsid w:val="00091497"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
-      <w:spacing w:before="0" w:after="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="VoettekstChar">
     <w:name w:val="Voettekst Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Voettekst"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B915EC"/>
+    <w:rsid w:val="00091497"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
+  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...38 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <ap:Pages>1</ap:Pages>
-[...1 lines deleted...]
-  <ap:Characters>10023</ap:Characters>
+  <ap:Pages>6</ap:Pages>
+  <ap:Words>1695</ap:Words>
+  <ap:Characters>9326</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>83</ap:Lines>
-  <ap:Paragraphs>23</ap:Paragraphs>
+  <ap:Lines>77</ap:Lines>
+  <ap:Paragraphs>21</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
-  <ap:HeadingPairs>
-[...13 lines deleted...]
-  </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>11822</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>11000</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator/>
+  <keywords/>
+  <dc:description>------------------------</dc:description>
   <lastModifiedBy/>
   <revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:description>------------------------</dc:description>
-[...2 lines deleted...]
-  <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>