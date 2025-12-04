--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -1,47 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
@@ -503,73 +504,73 @@
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:ind w:left="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C21AC" w:rsidTr="00EA1CE4" w14:paraId="48D81545" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C035D4" w:rsidR="003C21AC" w:rsidP="00EA1CE4" w:rsidRDefault="003C21AC" w14:paraId="081C4285" w14:textId="45AD6DC1">
+          <w:p w:rsidRPr="00C035D4" w:rsidR="003C21AC" w:rsidP="00EA1CE4" w:rsidRDefault="003C21AC" w14:paraId="081C4285" w14:textId="19946E2A">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="3310"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C035D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Nr. </w:t>
             </w:r>
-            <w:r w:rsidR="00F03D98">
+            <w:r w:rsidR="00586CC7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:caps/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidRPr="00C035D4" w:rsidR="003C21AC" w:rsidP="006E0971" w:rsidRDefault="003C21AC" w14:paraId="3F30A934" w14:textId="3019283A">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="3310"/>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:ind w:left="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C035D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:caps/>
@@ -875,71 +876,71 @@
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00EA69AC" w:rsidR="00882522" w:rsidP="00EA1CE4" w:rsidRDefault="00882522" w14:paraId="39CC9120" w14:textId="04EC5D71">
       <w:r>
         <w:t xml:space="preserve">Ceder </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00EA69AC" w:rsidR="00882522" w:rsidSect="00EA1CE4">
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="360" w:right="566" w:bottom="1417" w:left="993" w:header="360" w:footer="1440" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E11D330" w14:textId="77777777" w:rsidR="00FC26A7" w:rsidRDefault="00FC26A7">
+    <w:p w14:paraId="44621E0D" w14:textId="77777777" w:rsidR="00FC26A7" w:rsidRDefault="00FC26A7">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16B9C52D" w14:textId="77777777" w:rsidR="00FC26A7" w:rsidRDefault="00FC26A7">
+    <w:p w14:paraId="26085AD5" w14:textId="77777777" w:rsidR="00FC26A7" w:rsidRDefault="00FC26A7">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4CAB51B2" w14:textId="77777777" w:rsidR="00FC26A7" w:rsidRDefault="00FC26A7">
+    <w:p w14:paraId="4A9ABEE9" w14:textId="77777777" w:rsidR="00FC26A7" w:rsidRDefault="00FC26A7">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -967,64 +968,64 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08F59DCB" w14:textId="77777777" w:rsidR="00FC26A7" w:rsidRDefault="00FC26A7">
+    <w:p w14:paraId="4D5B78F8" w14:textId="77777777" w:rsidR="00FC26A7" w:rsidRDefault="00FC26A7">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6093CA75" w14:textId="77777777" w:rsidR="00FC26A7" w:rsidRDefault="00FC26A7">
+    <w:p w14:paraId="3525B246" w14:textId="77777777" w:rsidR="00FC26A7" w:rsidRDefault="00FC26A7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15DD7FC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83FCF078"/>
     <w:lvl w:ilvl="0" w:tplc="AC00125A">
       <w:start w:val="36"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
@@ -1112,51 +1113,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="648824301">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -1164,130 +1165,134 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0062485C"/>
     <w:rsid w:val="00052244"/>
     <w:rsid w:val="0006671D"/>
     <w:rsid w:val="0007471A"/>
     <w:rsid w:val="000D17BF"/>
     <w:rsid w:val="00113B33"/>
     <w:rsid w:val="00157CAF"/>
     <w:rsid w:val="001656EE"/>
     <w:rsid w:val="0016653D"/>
     <w:rsid w:val="001D56AF"/>
     <w:rsid w:val="001E0E21"/>
     <w:rsid w:val="00212E0A"/>
     <w:rsid w:val="002153B0"/>
     <w:rsid w:val="0021777F"/>
     <w:rsid w:val="00236BD2"/>
     <w:rsid w:val="00241DD0"/>
     <w:rsid w:val="002A0713"/>
     <w:rsid w:val="00380F21"/>
     <w:rsid w:val="003C21AC"/>
     <w:rsid w:val="003C5218"/>
+    <w:rsid w:val="003C6617"/>
     <w:rsid w:val="003C7876"/>
     <w:rsid w:val="003E2308"/>
     <w:rsid w:val="003E2F98"/>
     <w:rsid w:val="00413B00"/>
     <w:rsid w:val="0042574B"/>
     <w:rsid w:val="004330ED"/>
     <w:rsid w:val="00481C91"/>
     <w:rsid w:val="004911E3"/>
     <w:rsid w:val="00497D57"/>
     <w:rsid w:val="004A1E29"/>
     <w:rsid w:val="004A7DD4"/>
     <w:rsid w:val="004B50D8"/>
     <w:rsid w:val="004B5B90"/>
     <w:rsid w:val="00501109"/>
     <w:rsid w:val="00531817"/>
     <w:rsid w:val="005703C9"/>
+    <w:rsid w:val="00586CC7"/>
     <w:rsid w:val="00597703"/>
     <w:rsid w:val="005A17D2"/>
     <w:rsid w:val="005A6097"/>
     <w:rsid w:val="005B1DCC"/>
     <w:rsid w:val="005B7323"/>
     <w:rsid w:val="005C25B9"/>
     <w:rsid w:val="005E2A67"/>
     <w:rsid w:val="0062485C"/>
     <w:rsid w:val="006267E6"/>
     <w:rsid w:val="006558D2"/>
     <w:rsid w:val="00672D25"/>
     <w:rsid w:val="006738BC"/>
     <w:rsid w:val="00674197"/>
     <w:rsid w:val="006D3E69"/>
     <w:rsid w:val="006E0971"/>
     <w:rsid w:val="007709F6"/>
     <w:rsid w:val="00783215"/>
     <w:rsid w:val="007965FC"/>
     <w:rsid w:val="007A2122"/>
     <w:rsid w:val="007B37FE"/>
     <w:rsid w:val="007C462E"/>
     <w:rsid w:val="007C5A1A"/>
     <w:rsid w:val="007D2608"/>
     <w:rsid w:val="008164E5"/>
     <w:rsid w:val="00830081"/>
     <w:rsid w:val="008467D7"/>
     <w:rsid w:val="00852541"/>
     <w:rsid w:val="00865D47"/>
     <w:rsid w:val="00882522"/>
     <w:rsid w:val="0088452C"/>
     <w:rsid w:val="008A07A5"/>
     <w:rsid w:val="008D7DCB"/>
     <w:rsid w:val="009055DB"/>
     <w:rsid w:val="00905ECB"/>
     <w:rsid w:val="0096165D"/>
     <w:rsid w:val="00961DD7"/>
     <w:rsid w:val="00993E91"/>
     <w:rsid w:val="009A409F"/>
     <w:rsid w:val="009A73E7"/>
     <w:rsid w:val="009B5845"/>
     <w:rsid w:val="009C0C1F"/>
     <w:rsid w:val="00A10505"/>
     <w:rsid w:val="00A1288B"/>
+    <w:rsid w:val="00A30C26"/>
     <w:rsid w:val="00A53203"/>
     <w:rsid w:val="00A772EB"/>
     <w:rsid w:val="00A95718"/>
     <w:rsid w:val="00AA5AD6"/>
     <w:rsid w:val="00AE5346"/>
     <w:rsid w:val="00B01BA6"/>
     <w:rsid w:val="00B15359"/>
     <w:rsid w:val="00B23193"/>
     <w:rsid w:val="00B34E78"/>
     <w:rsid w:val="00B4708A"/>
     <w:rsid w:val="00B6184B"/>
     <w:rsid w:val="00B935DA"/>
     <w:rsid w:val="00BC7E64"/>
     <w:rsid w:val="00BF623B"/>
     <w:rsid w:val="00C035D4"/>
     <w:rsid w:val="00C1069E"/>
     <w:rsid w:val="00C3206A"/>
     <w:rsid w:val="00C516CB"/>
     <w:rsid w:val="00C679BF"/>
     <w:rsid w:val="00C81BBD"/>
     <w:rsid w:val="00CA07C8"/>
+    <w:rsid w:val="00CC397E"/>
     <w:rsid w:val="00CC5E2B"/>
     <w:rsid w:val="00CD3132"/>
     <w:rsid w:val="00CE27CD"/>
     <w:rsid w:val="00D134F3"/>
     <w:rsid w:val="00D47D01"/>
     <w:rsid w:val="00D774B3"/>
     <w:rsid w:val="00DC0814"/>
     <w:rsid w:val="00DC6DC5"/>
     <w:rsid w:val="00DD35A5"/>
     <w:rsid w:val="00DE2948"/>
     <w:rsid w:val="00DF36C4"/>
     <w:rsid w:val="00DF68BE"/>
     <w:rsid w:val="00DF712A"/>
     <w:rsid w:val="00E17906"/>
     <w:rsid w:val="00E25DF4"/>
     <w:rsid w:val="00E3485D"/>
     <w:rsid w:val="00E6619B"/>
     <w:rsid w:val="00E908D7"/>
     <w:rsid w:val="00E91FA7"/>
     <w:rsid w:val="00EA1CE4"/>
     <w:rsid w:val="00EA69AC"/>
     <w:rsid w:val="00EB40A1"/>
     <w:rsid w:val="00EC26BE"/>
     <w:rsid w:val="00EC3112"/>
     <w:rsid w:val="00ED5E57"/>
@@ -2455,57 +2460,63 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>1</ap:Pages>
-  <ap:Words>193</ap:Words>
-[...2 lines deleted...]
-  <ap:Lines>10</ap:Lines>
+  <ap:Words>216</ap:Words>
+  <ap:Characters>1190</ap:Characters>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:Lines>9</ap:Lines>
   <ap:Paragraphs>2</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>amt</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:CharactersWithSpaces>1404</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">