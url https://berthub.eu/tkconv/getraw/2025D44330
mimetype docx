--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -42,66 +42,93 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6590"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00F13442" w14:paraId="1C307E6A" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9142" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00851A3A" w:rsidR="00CB3578" w:rsidP="00851A3A" w:rsidRDefault="00851A3A" w14:paraId="143DA6B1" w14:textId="0A635E0B">
+          <w:p w:rsidRPr="00EE6E63" w:rsidR="00CB3578" w:rsidP="00EE6E63" w:rsidRDefault="0001136F" w14:paraId="143DA6B1" w14:textId="72EDCBC2">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Bijgewerkt t/m nr. 7 (NvW d.d. 7 oktober 2025)</w:t>
+              <w:t>Bijgewerkt t/m nr. 8 (</w:t>
+            </w:r>
+            <w:r w:rsidR="00611CFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tweede </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>NvW</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d.d. 25 november 2025)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="6DF53123" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -358,51 +385,51 @@
           <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidRDefault="00CB3578" w14:paraId="11D21517" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002168F4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Nr. 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidRDefault="00851A3A" w14:paraId="437FDD4F" w14:textId="7DA8EAB7">
+          <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidRDefault="00DA0E1C" w14:paraId="437FDD4F" w14:textId="47216286">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">GEWIJZIGD </w:t>
             </w:r>
             <w:r w:rsidRPr="002168F4" w:rsidR="00CB3578">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>VOORSTEL VAN WET</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="2641B84B" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -872,51 +899,69 @@
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>#. betrouwbaarheidsniveau hoog: betrouwbaarheidsniveau hoog als bedoeld in artikel 8, tweede lid, onder c, van Verordening (EU) nr. 910/2014 van het Europees Parlement en de Raad van 23 juli 2014 betreffende elektronische identificatie en vertrouwensdiensten voor elektronische transacties in de interne markt en tot intrekking van Richtlijn 1999/93/EG (PbEU 2014, L 257) en de krachtens deze verordening vastgestelde uitvoeringshandelingen;</w:t>
+        <w:t>#. betrouwbaarheidsniveau hoog: betrouwbaarheidsniveau hoog als bedoeld in artikel 8, tweede lid, onder c, van Verordening (EU) nr. 910/2014 van het Europees Parlement en de Raad van 23 juli 2014 betreffende elektronische identificatie en vertrouwensdiensten voor elektronische transacties in de interne markt en tot intrekking van Richtlijn 1999/93/EG (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>PbEU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2014, L 257) en de krachtens deze verordening vastgestelde uitvoeringshandelingen;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00184FA4" w:rsidR="00184FA4" w:rsidP="00184FA4" w:rsidRDefault="00184FA4" w14:paraId="130BF325" w14:textId="2DE85866">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
@@ -1247,51 +1292,69 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a.</w:t>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>het verlenen van toegang tot de voorzieningen, bedoeld in artikel 3, eerste lid, onder c en d, van de Wet algemene bepalingen burgerservicenummer; en</w:t>
+        <w:t xml:space="preserve">het verlenen van toegang tot de voorzieningen, bedoeld in artikel 3, eerste lid, onder c en d, van de Wet algemene bepalingen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>burgerservicenummer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>; en</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00184FA4" w:rsidR="00184FA4" w:rsidP="00184FA4" w:rsidRDefault="00184FA4" w14:paraId="2B6DDD32" w14:textId="0294E88E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
@@ -1500,51 +1563,69 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>c.</w:t>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>het verwerken van gegevens van zorgaanbieders, zorgmedewerkers, indicatieorganen of zorgverzekeraars in het register, waaronder het verwerken van persoonsgegevens waaronder het burgerservicenummer;</w:t>
+        <w:t xml:space="preserve">het verwerken van gegevens van zorgaanbieders, zorgmedewerkers, indicatieorganen of zorgverzekeraars in het register, waaronder het verwerken van persoonsgegevens waaronder het </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>burgerservicenummer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00184FA4" w:rsidR="00184FA4" w:rsidP="00184FA4" w:rsidRDefault="00184FA4" w14:paraId="18BE4828" w14:textId="6FB5054F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
@@ -2168,51 +2249,69 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005544A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Ten behoeve van de koppeling van een inlogmiddel aan een geregistreerde kunnen persoonsgegevens worden verwerkt, waaronder het burgerservicenummer. </w:t>
+        <w:t xml:space="preserve">. Ten behoeve van de koppeling van een inlogmiddel aan een geregistreerde kunnen persoonsgegevens worden verwerkt, waaronder het </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>burgerservicenummer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00184FA4" w:rsidR="00184FA4" w:rsidP="00184FA4" w:rsidRDefault="00184FA4" w14:paraId="260E9928" w14:textId="40BD5FA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005544A8">
@@ -2383,135 +2482,167 @@
       </w:pPr>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00184FA4" w:rsidR="00184FA4" w:rsidP="00184FA4" w:rsidRDefault="00184FA4" w14:paraId="2FD45A0B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00CF0D21" w:rsidR="00CF0D21" w:rsidP="00CF0D21" w:rsidRDefault="00CF0D21" w14:paraId="6E3B7CE7" w14:textId="77777777">
+    <w:p w:rsidRPr="00CF0D21" w:rsidR="00CF0D21" w:rsidP="00CF0D21" w:rsidRDefault="00CF0D21" w14:paraId="6E3B7CE7" w14:textId="5ECB1435">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF0D21">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>1. In artikel 15k, eerste lid, wordt na “artikelen 4 tot en met 12,” ingevoegd “14a, 15, tweede lid, 15, vierde lid, onderdeel a, (nieuw)”.</w:t>
+        <w:t>1. In artikel 15k, eerste lid, wordt na “artikelen 4 tot en met 12,” ingevoegd “14a, 15, tweede lid, 15, vierde lid, onderdeel a</w:t>
+      </w:r>
+      <w:r w:rsidR="0050704B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF0D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00CF0D21" w:rsidR="00CF0D21" w:rsidP="00CF0D21" w:rsidRDefault="00CF0D21" w14:paraId="7B338F71" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00CF0D21" w:rsidR="00CF0D21" w:rsidP="00CF0D21" w:rsidRDefault="00CF0D21" w14:paraId="0412E70D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF0D21">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>2. Aan artikel 15k wordt een lid toegevoegd, luidende:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CF0D21" w:rsidR="00CF0D21" w:rsidP="00CF0D21" w:rsidRDefault="00CF0D21" w14:paraId="6436A115" w14:textId="77777777">
+    <w:p w:rsidRPr="00CF0D21" w:rsidR="00CF0D21" w:rsidP="00CF0D21" w:rsidRDefault="00CF0D21" w14:paraId="6436A115" w14:textId="73806834">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF0D21">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>4. De bevoegdheid van de ambtenaren van de inspectie met betrekking tot het toezicht op de naleving van de artikelen 15, tweede lid en 15, vierde lid, onderdeel a, (nieuw) ziet uitsluitend op zorgaanbieders en zorgmedewerkers.</w:t>
+        <w:t>4. De bevoegdheid van de ambtenaren van de inspectie met betrekking tot het toezicht op de naleving van de artikelen 15, tweede lid en 15, vierde lid, onderdeel a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF0D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ziet uitsluitend op zorgaanbieders en zorgmedewerkers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007D4B53" w:rsidP="007D4B53" w:rsidRDefault="007D4B53" w14:paraId="7634CE16" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="007D4B53" w:rsidR="007D4B53" w:rsidP="007D4B53" w:rsidRDefault="007D4B53" w14:paraId="04EFAA25" w14:textId="62D32557">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -2523,72 +2654,72 @@
       </w:pPr>
       <w:r w:rsidRPr="007D4B53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007D4B53" w:rsidR="007D4B53" w:rsidP="007D4B53" w:rsidRDefault="007D4B53" w14:paraId="795F0DCD" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007D4B53" w:rsidR="007D4B53" w:rsidP="007D4B53" w:rsidRDefault="007D4B53" w14:paraId="4EA172CC" w14:textId="77777777">
+    <w:p w:rsidRPr="007D4B53" w:rsidR="007D4B53" w:rsidP="007D4B53" w:rsidRDefault="007D4B53" w14:paraId="4EA172CC" w14:textId="5724F258">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D4B53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>In artikel 15l wordt na “artikelen 4 tot en met 12,” ingevoegd “14a, 15, tweede lid, 15, vierde lid, onderdeel a, (nieuw)”.</w:t>
+        <w:t>In artikel 15l wordt na “artikelen 4 tot en met 12,” ingevoegd “14a, 15, tweede lid, 15, vierde lid, onderdeel a”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007D4B53" w:rsidR="007D4B53" w:rsidP="007D4B53" w:rsidRDefault="007D4B53" w14:paraId="22BDE9BB" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="007D4B53" w:rsidR="007D4B53" w:rsidP="007D4B53" w:rsidRDefault="007D4B53" w14:paraId="6ABC7ACE" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -2789,51 +2920,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Artikel 18</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00184FA4" w:rsidP="00184FA4" w:rsidRDefault="00184FA4" w14:paraId="7BEA30C0" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00184FA4" w:rsidR="00184FA4" w:rsidP="00184FA4" w:rsidRDefault="00184FA4" w14:paraId="0BD1BF2B" w14:textId="0FDB4AAD">
+    <w:p w:rsidRPr="00184FA4" w:rsidR="00184FA4" w:rsidP="00184FA4" w:rsidRDefault="00184FA4" w14:paraId="0BD1BF2B" w14:textId="031CE40E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2842,51 +2973,67 @@
         <w:t xml:space="preserve">Hoofdstuk 3 zoals dat luidde onmiddellijk voorafgaand aan de inwerkingtreding van artikel I, onderdeel B, van de Wet van [datum] tot wijziging van de Wet aanvullende bepalingen verwerking persoonsgegevens in de zorg en de Jeugdwet in verband met digitale identificatie </w:t>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">en authenticatie in de zorg (Stb. ….) blijft van toepassing op de </w:t>
       </w:r>
       <w:r w:rsidRPr="002B60B9" w:rsidR="005E3FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>uitgegeven en nog uit te geven middelen</w:t>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tot 1 januari 2029. </w:t>
+        <w:t xml:space="preserve"> tot 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00927180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>november 2028</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00184FA4" w:rsidR="00184FA4" w:rsidP="00184FA4" w:rsidRDefault="00184FA4" w14:paraId="089F9297" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00184FA4" w:rsidR="00184FA4" w:rsidP="00184FA4" w:rsidRDefault="00184FA4" w14:paraId="6CC766A5" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -3161,51 +3308,69 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a.</w:t>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>het verlenen van toegang tot de voorzieningen, bedoeld in artikel 3, eerste lid, onder c en d, van de Wet algemene bepalingen burgerservicenummer; en</w:t>
+        <w:t xml:space="preserve">het verlenen van toegang tot de voorzieningen, bedoeld in artikel 3, eerste lid, onder c en d, van de Wet algemene bepalingen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>burgerservicenummer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>; en</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00184FA4" w:rsidR="00184FA4" w:rsidP="00184FA4" w:rsidRDefault="00184FA4" w14:paraId="0019C676" w14:textId="7899F9FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
@@ -3414,51 +3579,69 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>c.</w:t>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>het verwerken van persoonsgegevens van jeugdhulpaanbieders, jeugdhulpverleners of medewerkers in het register, waaronder het burgerservicenummer;</w:t>
+        <w:t xml:space="preserve">het verwerken van persoonsgegevens van jeugdhulpaanbieders, jeugdhulpverleners of medewerkers in het register, waaronder het </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>burgerservicenummer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00184FA4" w:rsidR="00184FA4" w:rsidP="00184FA4" w:rsidRDefault="00184FA4" w14:paraId="11D231C9" w14:textId="2DAF8FAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
@@ -3641,51 +3824,69 @@
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. Ten behoeve van de koppeling van het inlogmiddel aan een geregistreerde jeugdhulpaanbieder, jeugdhulpverlener of medewerker, kunnen persoonsgegevens worden verwerkt, waaronder het burgerservicenummer. </w:t>
+        <w:t xml:space="preserve">3. Ten behoeve van de koppeling van het inlogmiddel aan een geregistreerde jeugdhulpaanbieder, jeugdhulpverlener of medewerker, kunnen persoonsgegevens worden verwerkt, waaronder het </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>burgerservicenummer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00184FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00184FA4" w:rsidR="00184FA4" w:rsidP="00184FA4" w:rsidRDefault="00184FA4" w14:paraId="38A24735" w14:textId="41A5DA54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00184FA4">
@@ -4060,70 +4261,70 @@
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B61E7D" w:rsidP="00B61E7D" w:rsidRDefault="00B61E7D" w14:paraId="08DDFD0E" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00B61E7D" w:rsidR="00B61E7D" w:rsidP="00B61E7D" w:rsidRDefault="00B61E7D" w14:paraId="00B97423" w14:textId="3E5AECEF">
+    <w:p w:rsidRPr="00B61E7D" w:rsidR="00B61E7D" w:rsidP="00B61E7D" w:rsidRDefault="00B61E7D" w14:paraId="00B97423" w14:textId="6C75C371">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B61E7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ARTIKEL IV (NIEUW)</w:t>
+        <w:t>ARTIKEL IV</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B61E7D" w:rsidR="00B61E7D" w:rsidP="00B61E7D" w:rsidRDefault="00B61E7D" w14:paraId="65A902C8" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00B61E7D" w:rsidR="00B61E7D" w:rsidP="00B61E7D" w:rsidRDefault="00B61E7D" w14:paraId="1FDCA8F9" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -4543,72 +4744,72 @@
         <w:ind w:right="1848"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidSect="00A11E73">
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="357" w:footer="1440" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32075A51" w14:textId="77777777" w:rsidR="00184FA4" w:rsidRDefault="00184FA4">
+    <w:p w14:paraId="4A7C9398" w14:textId="77777777" w:rsidR="00D66D0E" w:rsidRDefault="00D66D0E">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03D9966A" w14:textId="77777777" w:rsidR="00184FA4" w:rsidRDefault="00184FA4">
+    <w:p w14:paraId="5FD5D4CC" w14:textId="77777777" w:rsidR="00D66D0E" w:rsidRDefault="00D66D0E">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4567464E" w14:textId="77777777" w:rsidR="00184FA4" w:rsidRDefault="00184FA4">
+    <w:p w14:paraId="341E1081" w14:textId="77777777" w:rsidR="00D66D0E" w:rsidRDefault="00D66D0E">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
@@ -4735,154 +4936,166 @@
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="002168F4">
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="0931E527" w14:textId="77777777" w:rsidR="002168F4" w:rsidRPr="002168F4" w:rsidRDefault="002168F4" w:rsidP="002168F4">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FA5DCCF" w14:textId="77777777" w:rsidR="00184FA4" w:rsidRDefault="00184FA4">
+    <w:p w14:paraId="07DAD9D0" w14:textId="77777777" w:rsidR="00D66D0E" w:rsidRDefault="00D66D0E">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F0B814E" w14:textId="77777777" w:rsidR="00184FA4" w:rsidRDefault="00184FA4">
+    <w:p w14:paraId="215B32B8" w14:textId="77777777" w:rsidR="00D66D0E" w:rsidRDefault="00D66D0E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00184FA4"/>
+    <w:rsid w:val="0001136F"/>
     <w:rsid w:val="00012DBE"/>
     <w:rsid w:val="000A1D81"/>
     <w:rsid w:val="00111ED3"/>
     <w:rsid w:val="0016683F"/>
     <w:rsid w:val="00184FA4"/>
     <w:rsid w:val="001C190E"/>
+    <w:rsid w:val="001F7D71"/>
     <w:rsid w:val="002168F4"/>
     <w:rsid w:val="00286AD9"/>
     <w:rsid w:val="002A727C"/>
     <w:rsid w:val="003C4181"/>
+    <w:rsid w:val="0050704B"/>
     <w:rsid w:val="005544A8"/>
     <w:rsid w:val="005D2707"/>
     <w:rsid w:val="005E3FE8"/>
     <w:rsid w:val="00606255"/>
+    <w:rsid w:val="00611CFF"/>
     <w:rsid w:val="006B607A"/>
     <w:rsid w:val="006F766D"/>
+    <w:rsid w:val="00707BE0"/>
     <w:rsid w:val="0075313D"/>
     <w:rsid w:val="007D451C"/>
     <w:rsid w:val="007D4B53"/>
     <w:rsid w:val="00826224"/>
-    <w:rsid w:val="00851A3A"/>
+    <w:rsid w:val="00927180"/>
     <w:rsid w:val="00930A23"/>
     <w:rsid w:val="0098366B"/>
     <w:rsid w:val="009C2122"/>
     <w:rsid w:val="009C7354"/>
     <w:rsid w:val="009E6D7F"/>
     <w:rsid w:val="00A11E73"/>
     <w:rsid w:val="00A2521E"/>
     <w:rsid w:val="00AE436A"/>
-    <w:rsid w:val="00AF3769"/>
     <w:rsid w:val="00B144B7"/>
     <w:rsid w:val="00B61E7D"/>
+    <w:rsid w:val="00B97ACA"/>
+    <w:rsid w:val="00BD3C40"/>
     <w:rsid w:val="00BE5A95"/>
     <w:rsid w:val="00C135B1"/>
     <w:rsid w:val="00C73CC3"/>
     <w:rsid w:val="00C92DF8"/>
     <w:rsid w:val="00CB3578"/>
     <w:rsid w:val="00CF0D21"/>
     <w:rsid w:val="00D049F3"/>
     <w:rsid w:val="00D20AFA"/>
     <w:rsid w:val="00D466B4"/>
     <w:rsid w:val="00D55648"/>
+    <w:rsid w:val="00D66D0E"/>
+    <w:rsid w:val="00DA0E1C"/>
     <w:rsid w:val="00E00024"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E36EE9"/>
     <w:rsid w:val="00E81A8F"/>
+    <w:rsid w:val="00ED14B8"/>
+    <w:rsid w:val="00EE6E63"/>
     <w:rsid w:val="00F13442"/>
+    <w:rsid w:val="00F37138"/>
     <w:rsid w:val="00F956D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -6282,84 +6495,84 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>6</ap:Pages>
-  <ap:Words>1717</ap:Words>
-  <ap:Characters>10543</ap:Characters>
+  <ap:Words>1714</ap:Words>
+  <ap:Characters>10522</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:Lines>87</ap:Lines>
   <ap:Paragraphs>24</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>12236</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>12212</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
-  <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
+  <lastPrinted>2025-11-27T09:06:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>737000711</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_EmailSubject">
     <vt:lpwstr>Sjablonen amendementen en voorstellen van wet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_AuthorEmail">
     <vt:lpwstr>M.Geenen@sdu.nl</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Geenen, Michel</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_PreviousAdHocReviewCycleID">