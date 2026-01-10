--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -42,84 +42,149 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6590"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00F13442" w14:paraId="6C093AF9" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9142" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="0066051A" w:rsidR="00CB3578" w:rsidP="0066051A" w:rsidRDefault="0066051A" w14:paraId="26FDA755" w14:textId="3D9B48D4">
+          <w:p w:rsidRPr="0066051A" w:rsidR="00CB3578" w:rsidP="0066051A" w:rsidRDefault="0066051A" w14:paraId="26FDA755" w14:textId="6AF8ABF0">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066051A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Bijgewerkt t/m nr. 18 (</w:t>
+              <w:t xml:space="preserve">Bijgewerkt t/m nr. </w:t>
+            </w:r>
+            <w:r w:rsidR="000C6C48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0066051A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="000C6C48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF7E24" w:rsidR="00EF7E24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7E24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0066051A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>NvW</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0066051A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> d.d. 22 oktober 2025)</w:t>
+              <w:t xml:space="preserve"> d.d. </w:t>
+            </w:r>
+            <w:r w:rsidR="005D0E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7E24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> november</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0066051A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="4F8711F2" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -1377,79 +1442,111 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2. Er wordt een lid toegevoegd, luidende:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="708C93F6" w14:textId="621752F0">
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="708C93F6" w14:textId="548E8237">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>6. Indien middellijk gehouden vermogensbestanddelen die tot een werkzaamheid als bedoeld in artikel 3.92b behoren worden gehouden via vermogensbestanddelen die pas op enig moment na het verkrijgen van die werkzaamheid tot een aanmerkelijk belang als bedoeld in hoofdstuk 4 of afdeling 7.3 behoren, is het vijfde lid ter zake van die vermogensbestanddelen niet van toepassing op voordelen als bedoeld in dat lid, voor zover de waarde in het economische verkeer van deze vermogensbestanddelen op het moment direct voorafgaand aan het ontstaan van het aanmerkelijk belang het opgeofferde bedrag van het lucratieve belang overtreft.</w:t>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5E65" w:rsidR="008B01F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ingeval de tot een werkzaamheid als bedoeld in artikel 3.92b behorende vermogensbestanddelen middellijk worden gehouden via een lichaam waarin de belastingplichtige niet een aanmerkelijk belang als bedoeld in hoofdstuk 4 of afdeling 7.3 houdt en die vermogensbestanddelen met ingang van enig tijdstip worden gehouden via een lichaam waarin de belastingplichtige een aanmerkelijk belang houdt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, is het vijfde lid ter zake van die vermogensbestanddelen niet van toepassing op voordelen als bedoeld in dat lid, voor zover de waarde in het economische verkeer van deze vermogensbestanddelen op het </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5E65" w:rsidR="00CA116B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>direct daaraan voorafgaande tijdstip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> het opgeofferde bedrag van het lucratieve belang overtreft.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="5C15307D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="33F20972" w14:textId="26809802">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -2740,252 +2837,293 @@
       </w:r>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Het in artikel 5.13, eerste lid, als eerste genoemde bedrag wordt vervangen door “€ 200” en het in dat lid als tweede genoemde bedrag wordt vervangen door “€ 400”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="765DC96F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="070591E0" w14:textId="3B73FB0C">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidRPr="0024252E" w:rsidR="0024252E" w:rsidP="0024252E" w:rsidRDefault="0024252E" w14:paraId="708E20D3" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0024252E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="2C9B3788" w14:textId="77777777">
-[...35 lines deleted...]
-        <w:t>De in artikel 10.6ter, vijfde lid, opgenomen formule “</w:t>
+    <w:p w:rsidRPr="0024252E" w:rsidR="0024252E" w:rsidP="0024252E" w:rsidRDefault="0024252E" w14:paraId="178E39FD" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="0024252E" w:rsidR="0024252E" w:rsidP="0024252E" w:rsidRDefault="0024252E" w14:paraId="465351C9" w14:textId="0B1D5662">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0024252E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In artikel 10.6ter, vijfde lid, wordt “</w:t>
       </w:r>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:bCs/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>rloz</m:t>
             </m:r>
           </m:e>
           <m:sub>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <m:t>t-1</m:t>
+              <m:t>t</m:t>
+            </m:r>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <m:t>-1</m:t>
             </m:r>
           </m:sub>
         </m:sSub>
       </m:oMath>
-      <w:r w:rsidRPr="0066051A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">” wordt vervangen door </w:t>
+      <w:r w:rsidRPr="0024252E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>” vervangen door</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024252E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:bCs/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>rloz</m:t>
             </m:r>
           </m:e>
           <m:sub>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <m:t>t-1</m:t>
+              <m:t>t</m:t>
+            </m:r>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <m:t>-1</m:t>
             </m:r>
           </m:sub>
         </m:sSub>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <m:t>-3,35</m:t>
         </m:r>
       </m:oMath>
-      <w:r w:rsidRPr="0066051A">
-[...5 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="0024252E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="2934F636" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0066051A" w:rsidP="00A307D8" w:rsidRDefault="0066051A" w14:paraId="6489BC9D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="001B7B43" w:rsidR="0066051A" w:rsidP="0066051A" w:rsidRDefault="0066051A" w14:paraId="4A5BD5F4" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066051A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ARTIKEL IIA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0066051A" w:rsidR="0066051A" w:rsidP="0066051A" w:rsidRDefault="0066051A" w14:paraId="402BD825" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Hlk211502566" w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="001B7B43" w:rsidR="0066051A" w:rsidP="0066051A" w:rsidRDefault="0066051A" w14:paraId="6D0FC97F" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B7B43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri"/>
@@ -3508,50 +3646,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="53A7EF5D" w14:textId="387942A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Het in de eerste en tweede kolom </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>laatstvermelde</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
@@ -4404,50 +4543,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="1C4F82EF" w14:textId="1C76257B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>In artikel 32ba, eerste lid, wordt “57,7%” vervangen door “64%”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="315EC5F2" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -4792,79 +4932,103 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4. Indien een personenauto slechts een deel van een kalendermaand ook voor privédoeleinden ter beschikking is gesteld, wordt deze geacht die gehele kalendermaand ook voor privédoeleinden ter beschikking te zijn gesteld.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="54587BC3" w14:textId="16163396">
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="54587BC3" w14:textId="34D41B39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5. De verschuldigde belasting, bedoeld in het eerste lid, wordt, in afwijking van artikel 27a, tweede lid, uiterlijk aangegeven en voldaan tegelijk met de aangifte, onderscheidenlijk afdracht, over het tweede loontijdvak van het volgende kalenderjaar. Ingeval de inhoudingsplicht is geëindigd in de loop van het kalenderjaar wordt voor het tweede loontijdvak van het volgende kalenderjaar, bedoeld in de eerste volzin, gelezen: het loontijdvak waarin de inhoudingsplicht is geëindigd.</w:t>
+        <w:t>5. De verschuldigde belasting, bedoeld in het eerste lid, wordt, in afwijking van artikel 27a, tweede lid, uiterlijk aangegeven en voldaan tegelijk met de aangifte, onderscheidenlijk afdracht, over het tweede tijdvak van het volgende kalenderjaar. Ingeval de inhoudingsplicht is geëindigd in de loop van het kalenderjaar wordt voor het tweede tijdvak van het volgende kalenderjaar, bedoeld in de eerste volzin, gelezen: het tijdvak waarin de inhoudingsplicht is geëindigd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00DB2AB5" w:rsidP="00A307D8" w:rsidRDefault="00DB2AB5" w14:paraId="42F0CE9D" w14:textId="16BB6F82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6. Bij ministeriële regeling kunnen regels worden gesteld voor de beoordeling of voor de toepassing van dit artikel sprake is van woon-werkverkeer.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="6190C559" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="09EFDB8D" w14:textId="7B6295BB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
@@ -11218,51 +11382,234 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- voor het jaar 2029: 75%.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="285DB994" w14:textId="77777777">
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="285DB994" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00BF6DA2" w:rsidR="00BF6DA2" w:rsidP="00BF6DA2" w:rsidRDefault="00BF6DA2" w14:paraId="3EC89F4A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF6DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Aa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00BF6DA2" w:rsidR="00BF6DA2" w:rsidP="00BF6DA2" w:rsidRDefault="00BF6DA2" w14:paraId="3193AC9B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00BF6DA2" w:rsidR="00BF6DA2" w:rsidP="00BF6DA2" w:rsidRDefault="00BF6DA2" w14:paraId="09517E2B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF6DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Na artikel 27 wordt een artikel ingevoegd, luidende:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00BF6DA2" w:rsidR="00BF6DA2" w:rsidP="00BF6DA2" w:rsidRDefault="00BF6DA2" w14:paraId="1661F285" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00BF6DA2" w:rsidR="00BF6DA2" w:rsidP="00BF6DA2" w:rsidRDefault="00BF6DA2" w14:paraId="46A182F3" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF6DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 28</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00BF6DA2" w:rsidR="00BF6DA2" w:rsidP="00BF6DA2" w:rsidRDefault="00BF6DA2" w14:paraId="3D298BAE" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF6DA2" w:rsidP="00BF6DA2" w:rsidRDefault="00BF6DA2" w14:paraId="68B775CD" w14:textId="7DE05F29">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF6DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006C5E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In afwijking van dit hoofdstuk, afdeling 3, bedraagt de belasting nihil voor een motorrijtuig van voertuigcategorie N2 als bedoeld in artikel 4, eerste lid, onderdeel b, onder ii, van Verordening (EU) 2018/858 van het Europees Parlement en de Raad van 30 mei 2018 betreffende de goedkeuring van en het markttoezicht op motorvoertuigen en aanhangwagens daarvan en systemen, onderdelen en technische eenheden die voor dergelijke voertuigen zijn bestemd, tot wijziging van Verordeningen (EG) nr. 715/2007 en (EG) nr. 595/2009 en tot intrekking van Richtlijn 2007/46/EG (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C5E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>PbEU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C5E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018, L 151), indien dat motorrijtuig een toegestane maximum massa heeft van 3.500 kilogram of minder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00BF6DA2" w:rsidP="00BF6DA2" w:rsidRDefault="00BF6DA2" w14:paraId="3FE7316B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="2EA51891" w14:textId="417B1D10">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -11348,51 +11695,147 @@
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Voor een bestelauto die:.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="5C1ED118" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="5FC95638" w14:textId="77777777">
+    <w:p w:rsidR="00C145F7" w:rsidP="00A307D8" w:rsidRDefault="00C145F7" w14:paraId="00F538E3" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00C145F7" w:rsidR="00C145F7" w:rsidP="00C145F7" w:rsidRDefault="00C145F7" w14:paraId="208145B9" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C145F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XVIIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C145F7" w:rsidR="00C145F7" w:rsidP="00C145F7" w:rsidRDefault="00C145F7" w14:paraId="1A5C9C2E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00C145F7" w:rsidR="00C145F7" w:rsidP="00C145F7" w:rsidRDefault="00C145F7" w14:paraId="6DE05F9C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C145F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In de Wet op de motorrijtuigenbelasting 1994 vervalt met ingang van 1 januari 2027 artikel 28.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="5FC95638" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00C145F7" w:rsidP="00A307D8" w:rsidRDefault="00C145F7" w14:paraId="063784C1" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="25487DD5" w14:textId="214C124D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -11619,51 +12062,128 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>In artikel 14, eerste en derde lid, wordt “300 kubieke meter” vervangen door “50.000 kubieke meter”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="2CF7B01F" w14:textId="77777777">
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="2CF7B01F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00DE71D1" w:rsidR="00DE71D1" w:rsidP="00DE71D1" w:rsidRDefault="00DE71D1" w14:paraId="6A556B3E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE71D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Aa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00DE71D1" w:rsidR="00DE71D1" w:rsidP="00DE71D1" w:rsidRDefault="00DE71D1" w14:paraId="6A00180A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00DE71D1" w:rsidR="00DE71D1" w:rsidP="00DE71D1" w:rsidRDefault="00DE71D1" w14:paraId="20A734C4" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE71D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In artikel 17, derde lid, wordt “300 kubieke meter” telkens vervangen door “50.000 kubieke meter”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00DE71D1" w:rsidP="00A307D8" w:rsidRDefault="00DE71D1" w14:paraId="5315867D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="352C63F0" w14:textId="645D0F92">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -11899,3596 +12419,3626 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2. Het tweede lid komt te luiden:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="568C2301" w14:textId="303228BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Het tarief voor een afvalverbrandingsinstallatie, genoemd in het eerste lid, onderdeel a, wordt bij aanvang van de volgende kalenderjaren, alvorens artikel 90 wordt toegepast, telkens verhoogd. Deze verhoging is voor:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="5927D447" w14:textId="0F51F7F0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- het kalenderjaar 2027: € 48,26;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="68077C63" w14:textId="56A16FC7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- het kalenderjaar 2028: € 49,00;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="023BBE95" w14:textId="0A4A0AF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- het kalenderjaar 2029: € 49,00; en</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="490AFAB9" w14:textId="5593B897">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- het kalenderjaar 2030: € 48,00.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="45416593" w14:textId="1F1D534C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 90 vindt geen toepassing op een bedrag in dit lid nadat daarmee het tarief is verhoogd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="78E28520" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="251A1CD4" w14:textId="08E933C3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="67D12AF8" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="75D0C2C2" w14:textId="5E6A531E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Artikel 71q, tweede lid, komt te luiden: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="64CC9332" w14:textId="30039CBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. De herberekening geschiedt in de aflopende volgorde die is gebaseerd op de hoogte van het tarief beginnend met het belastingtijdvak met het hoogste tarief. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="1737D5C9" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="515774F4" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="541133B8" w14:textId="4EDA36CD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="32FA006C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="3BEEFC43" w14:textId="247527C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 90 van de Wet belastingen op milieugrondslag vindt bij het begin van het kalenderjaar 2026 geen toepassing op het tarief voor een broeikasgasinstallatie of lachgasinstallatie, genoemd in artikel 71p, eerste lid, onderdeel a, van die wet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="5A5065B0" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="7AD76426" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="5959F87D" w14:textId="48D10818">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="6B9EAE4C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="4191801D" w14:textId="1630637A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>De Wet belastingen op milieugrondslag wordt met ingang van 1 januari 2027 als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="05EC9E99" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="618D00B0" w14:textId="13137325">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="4861E35B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="7960471C" w14:textId="6E5BE968">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 12 wordt als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="072FF1EC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="7D9501F1" w14:textId="55609272">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Het eerste lid, onderdeel a, komt te luiden:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="587875A8" w14:textId="74DF0397">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a. leidingwater: drinkwater als bedoeld in artikel 1, eerste lid, van de Drinkwaterwet of ander water dat voldoet aan de eisen, gesteld in de op artikel 21, derde lid, aanhef en onderdeel a, van de Drinkwaterwet berustende algemene maatregel van bestuur, dat door een drinkwaterbedrijf of een afzonderlijke watervoorziening aan derden ter beschikking wordt gesteld;.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="655F52D2" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="204698A8" w14:textId="14F91DDB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Het eerste lid, onderdeel e, vervalt, onder verlettering van de onderdelen f tot en met h tot e tot en met g.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="41228345" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="4F5B2AB7" w14:textId="6412C4E8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. In het tweede lid, aanhef, wordt “onderdeel f” vervangen door “onderdeel e”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="77828578" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="65474860" w14:textId="39413E67">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="09F63459" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="7AB06768" w14:textId="4542F287">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 14 wordt als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="3CB82683" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="5C7C0D7F" w14:textId="7FAA556A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. In het eerste lid vervalt “, met dien verstande dat de belasting wordt geheven over een hoeveelheid van maximaal 50.000 kubieke meter per verbruiksperiode van twaalf maanden per aansluiting” en vervalt de tweede zin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="25D298E6" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="1E1E9FC6" w14:textId="1B407AEF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Het tweede lid komt te luiden:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="17E43238" w14:textId="13B8F253">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Als een levering als bedoeld in het eerste lid wordt niet aangemerkt de levering van leidingwater aan een verbruiker via een kleine of zeer kleine collectieve watervoorziening als bedoeld in artikel 1, eerste lid, van de Drinkwaterwet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="477D5B70" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="2867462B" w14:textId="2F29BEF1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. Het derde lid vervalt, onder vernummering van het vierde lid tot derde lid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="1CFB9F76" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="7C214269" w14:textId="5796A54C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="26A225F7" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="22FDC077" w14:textId="35973B3D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 17 wordt als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="749A4FB6" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="7BCD54B1" w14:textId="5EF10023">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. In het tweede lid vervalt “in samenhang met artikel 14, eerste lid,”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="1A553C0D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="0F3704BD" w14:textId="52ED806F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Het derde vervalt, onder vernummering van het vierde lid tot derde lid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="4AE27524" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="4CBD72A5" w14:textId="6CB4D532">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. In het derde lid (nieuw) wordt “onderdeel g” vervangen door “onderdeel f”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="1AE3EF52" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="3560EC4A" w14:textId="3EE2347C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="4AFB2B00" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="6255A201" w14:textId="5013E893">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00CB1278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2. Het tarief voor een afvalverbrandingsinstallatie, genoemd in het eerste lid, onderdeel a, wordt bij aanvang van de volgende kalenderjaren, alvorens artikel 90 wordt toegepast, telkens verhoogd. Deze verhoging is voor:</w:t>
-[...22 lines deleted...]
-        <w:tab/>
+        <w:t>rtikel 18a</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB1278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>- het kalenderjaar 2027: € 48,26;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="68077C63" w14:textId="56A16FC7">
+        <w:t>vervalt</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB1278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="0A34F960" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="2D4F98C4" w14:textId="014EA408">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="6FB78370" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="61A45637" w14:textId="6E3A54F3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>- het kalenderjaar 2028: € 49,00;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="023BBE95" w14:textId="0A4A0AF9">
+        <w:t>In artikel 22, eerste lid, vervalt onderdeel o, onder vervanging van de puntkomma aan het slot van onderdeel n door een punt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="788C72F7" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="3F2358A7" w14:textId="156BA6CD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="12E93A10" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="4A0CE04D" w14:textId="18652A51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>- het kalenderjaar 2029: € 49,00; en</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="490AFAB9" w14:textId="5593B897">
+        <w:t>Artikel 29a vervalt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="6B05B772" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="555B8992" w14:textId="52DBCB65">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="676C7C50" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="33B99B4E" w14:textId="47E9FABB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>- het kalenderjaar 2030: € 48,00.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="45416593" w14:textId="1F1D534C">
+        <w:t>Hoofdstuk III, afdeling 6, vervalt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="7287BD13" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="41CCC87A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="5C6D7584" w14:textId="24BFE580">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXII</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="6E422D48" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="7BD0054F" w14:textId="70D42EFF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Artikel 90 vindt geen toepassing op een bedrag in dit lid nadat daarmee het tarief is verhoogd.</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>In de Wet belastingen op milieugrondslag worden met ingang van 1 januari 2028 in artikel 28, eerste lid, onderdelen a, b en d, de tarieven verhoogd met € 53,25.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="7668A61A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="23BEB846" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="27B91DC5" w14:textId="0C5506CF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXIII</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="03B7DED2" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="3FEBC002" w14:textId="34F2DD76">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In de Wet belastingen op milieugrondslag wordt met ingang van 1 januari 2029 artikel 28 als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="3D178328" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="5231DC86" w14:textId="4A0F5C0A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Het eerste lid wordt als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="311669AC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="5DE5EBAD" w14:textId="43E0CC24">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a. Onder verlettering van de onderdelen a tot en met d tot b tot en met e wordt een onderdeel ingevoegd, luidende:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="588F345F" w14:textId="2204670F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a. het storten van afvalstoffen waarvoor op grond van de op de artikelen 8.40, eerste lid, en 10.2, tweede lid, van de Wet milieubeheer berustende algemene maatregel van bestuur, houdende een stortverbod binnen inrichtingen voor aangewezen categorieën van afvalstoffen, op verzoek een ontheffing is verleend van het in die algemene maatregel van bestuur opgenomen stortverbod: € 145,50 per 1.000 kilogram.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="774370AC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="08D90944" w14:textId="71465B09">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>b. In onderdeel b (nieuw) wordt na “afvalstoffen” ingevoegd “in andere gevallen dan als bedoeld in onderdeel a” en wordt het tarief verhoogd met € 2,61.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="559ECB39" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="094526A3" w14:textId="47E725DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>c. In de onderdelen c (nieuw) en e (nieuw) wordt het tarief verhoogd met € 2,61.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="0B88A469" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="3CE7DFC8" w14:textId="141803A0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. In het tweede lid, eerste zin, wordt “onderdeel d” vervangen door “onderdeel e”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="25FCC7B7" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="2680C7B6" w14:textId="6D8685C7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. In het vierde lid wordt “onderdeel a” vervangen door “onderdeel b”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="357A529B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="5D987D18" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="30BFD4B5" w14:textId="362761D2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...39 lines deleted...]
-        </w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXIV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="4A4FF9C5" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="792DE87C" w14:textId="1FE07654">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Artikel 71q, tweede lid, komt te luiden: </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="64CC9332" w14:textId="30039CBC">
+        <w:t>In de Wet belastingen op milieugrondslag wordt met ingang van 1 januari 2030 artikel 28, eerste lid, als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="006460FB" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="713CC8CB" w14:textId="25E91C22">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. De herberekening geschiedt in de aflopende volgorde die is gebaseerd op de hoogte van het tarief beginnend met het belastingtijdvak met het hoogste tarief. </w:t>
-[...32 lines deleted...]
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="541133B8" w14:textId="4EDA36CD">
+        <w:t>1. In onderdeel a wordt het tarief verhoogd met € 4,76.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="584B588D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="43EFF561" w14:textId="5D91106F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. In de onderdelen b, c en e worden de tarieven verhoogd met € 31,00.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="67A557C9" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="54D85993" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="4D25BA25" w14:textId="65BFF768">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ARTIKEL XX</w:t>
-[...17 lines deleted...]
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="3BEEFC43" w14:textId="247527C6">
+        <w:t>ARTIKEL XXV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="3B630E82" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="62306EBC" w14:textId="10832E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Artikel 90 van de Wet belastingen op milieugrondslag vindt bij het begin van het kalenderjaar 2026 geen toepassing op het tarief voor een broeikasgasinstallatie of lachgasinstallatie, genoemd in artikel 71p, eerste lid, onderdeel a, van die wet.</w:t>
-[...32 lines deleted...]
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="5959F87D" w14:textId="48D10818">
+        <w:t>In de Wet belastingen op milieugrondslag wordt met ingang van 1 januari 2031 artikel 28, eerste lid, als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="49D6D793" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="77151682" w14:textId="5219023C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. In onderdeel a wordt het tarief verhoogd met € 0,88.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="1BEF76CF" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="7F0D6EDC" w14:textId="4CADA908">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. In de onderdelen b, c en e worden de tarieven verlaagd met € 12,26.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="4162F505" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="07D3EAEC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="0C5E877A" w14:textId="61BAB2AB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ARTIKEL XXI</w:t>
-[...17 lines deleted...]
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="4191801D" w14:textId="1630637A">
+        <w:t>ARTIKEL XXVI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="218011D0" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="49381EC5" w14:textId="52654035">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>De Wet belastingen op milieugrondslag wordt met ingang van 1 januari 2027 als volgt gewijzigd:</w:t>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>In de Wet belastingen op milieugrondslag wordt met ingang van 1 januari 2032 artikel 28, eerste lid, als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC79F4" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="3B0657CE" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="09014CFA" w14:textId="7D633BD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. In onderdeel a wordt het tarief verhoogd met € 0,83.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC79F4" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="71336F79" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="11F2CB65" w14:textId="5D48657F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. In de onderdelen b, c en e worden de tarieven verlaagd met € 8,20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="2A719A7D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00EC79F4" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="41581BA9" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="63407B1C" w14:textId="1E884075">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXVII</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="3BBFC8E0" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="4789FBD6" w14:textId="6C1D9740">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In de Wet belastingen op milieugrondslag wordt met ingang van 1 januari 2033 artikel 28, eerste lid, als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC79F4" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="30E6C44D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="138F1F01" w14:textId="2005890E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. In onderdeel a wordt het tarief verhoogd met € 0,51.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC79F4" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="134DD2BB" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="74A5302B" w14:textId="2B99FAB8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. In de onderdelen b, c en e worden de tarieven verlaagd met € 4,67.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="0035D46A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00EC79F4" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="66B4C3FF" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="2C22A47A" w14:textId="292EBF9E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXVIII</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="480C981D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="263476D0" w14:textId="0179E812">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In de Wet belastingen op milieugrondslag wordt met ingang van 1 januari 2034 artikel 28, eerste lid, als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC79F4" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="770580F0" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="45BEE114" w14:textId="29306C61">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. In onderdeel a wordt het tarief verlaagd met € 0,90.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC79F4" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="2A345077" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="46CD9C19" w14:textId="33FFA2BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. In de onderdelen b, c en e worden de tarieven verhoogd met € 8,98.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="58EA5122" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00EC79F4" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="0E278157" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="30376E54" w14:textId="4BC468C8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXIX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="59905259" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="10B40543" w14:textId="48F4AFED">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In de Wet belastingen op milieugrondslag wordt met ingang van 1 januari 2035 artikel 28, eerste lid, als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC79F4" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="265CEA52" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="653AA884" w14:textId="55961225">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. In onderdeel a wordt het tarief verlaagd met € 0,88.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC79F4" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="1B1B69B7" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="165FAD3E" w14:textId="05B34B1B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. In de onderdelen b, c en e worden de tarieven verhoogd met € 9,35.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="6F85DC77" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00EC79F4" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="37D77D46" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="7D67C33A" w14:textId="191329FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="10B98DF8" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="39882D59" w14:textId="0F3E2627">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>De Wet milieubeheer wordt als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="38408966" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="1EE3CE45" w14:textId="6671D432">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="4861E35B" w14:textId="77777777">
-[...14 lines deleted...]
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="7960471C" w14:textId="6E5BE968">
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00EC79F4" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="1F46F74A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="246CFA18" w14:textId="0089A4D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Artikel 12 wordt als volgt gewijzigd:</w:t>
-[...17 lines deleted...]
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="7D9501F1" w14:textId="55609272">
+        <w:t>Artikel 16b.17, derde en vierde lid, komt te luiden:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="03C33A12" w14:textId="3B8535C7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1. Het eerste lid, onderdeel a, komt te luiden:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="587875A8" w14:textId="74DF0397">
+        <w:t xml:space="preserve">3. De reductiefactor bedraagt 1,023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="739785B9" w14:textId="006CE831">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>a. leidingwater: drinkwater als bedoeld in artikel 1, eerste lid, van de Drinkwaterwet of ander water dat voldoet aan de eisen, gesteld in de op artikel 21, derde lid, aanhef en onderdeel a, van de Drinkwaterwet berustende algemene maatregel van bestuur, dat door een drinkwaterbedrijf of een afzonderlijke watervoorziening aan derden ter beschikking wordt gesteld;.</w:t>
-[...109 lines deleted...]
-    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="65474860" w14:textId="39413E67">
+        <w:t>4. De correctiefactor voor broeikasgasinstallaties voor de verbranding van stedelijk afval bedraagt voor het jaar 2026 0,85, voor het jaar 2027 0,70, voor het jaar 2028 0,55, voor het jaar 2029 0,40, voor het jaar 2030 0,25, voor het jaar 2031 0,17, voor het jaar 2032 0,09 en voor het jaar 2033 en de daaropvolgende jaren 0.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="16F20B76" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="5EAE6E14" w14:textId="405B5600">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A53B0F" w:rsidP="00A307D8" w:rsidRDefault="00A53B0F" w14:paraId="09F63459" w14:textId="77777777">
-[...2725 lines deleted...]
-    </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00EC79F4" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="76C9AA35" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="64C1E8A7" w14:textId="3193A047">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Aan artikel 16b.27 wordt een lid toegevoegd, luidende:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="7E074460" w14:textId="0778825D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -16319,51 +16869,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="12C503E8" w14:textId="6658D1C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Onder vervanging van de punt aan het slot van onderdeel j door een puntkomma wordt een onderdeel toegevoegd, luidende: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00EC79F4" w14:paraId="2B338458" w14:textId="7873DB09">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -17019,51 +17568,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="6FFFAA06" w14:textId="094DA999">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>In artikel 10, tweede lid, wordt “limonade” telkens vervangen door “overige alcoholvrije drank”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="3E2AA097" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -17729,1873 +18277,3125 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>38,4%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="20CC125F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00A307D8" w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="7F1F38F2" w14:textId="77777777">
-[...14 lines deleted...]
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="4FE97D6F" w14:textId="71B5E7F3">
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="7F1F38F2" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="338BC3B8" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A307D8">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894995">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...458 lines deleted...]
-      <w:r w:rsidRPr="00A307D8">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXXVA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="13E0475B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="1E1E3BE9" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">De Wet vrachtwagenheffing wordt als volgt gewijzigd: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="08ED28EC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="0D479FF5" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894995">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A307D8" w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="3F48E5BB" w14:textId="77777777">
-[...942 lines deleted...]
-      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="0FD032A7" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="4133F06F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Artikel 1 wordt als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="009B9BE8" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="6CB8D4FE" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894995">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>bezittingen of schulden die direct voorafgaand aan 25 augustus 2025, 16.00 uur tot de bezittingen, bedoeld in artikel 5.3, tweede lid, van die wet, onderscheidenlijk de schulden, bedoeld in artikel 5.3, derde lid, van die wet, behoorden.</w:t>
-[...343 lines deleted...]
-        <w:ind w:right="-2"/>
+        <w:tab/>
+        <w:t xml:space="preserve">1. De begripsbepaling van toegestane maximummassa vervalt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="09CFF995" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="0AA677F6" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2. In de alfabetische volgorde worden de volgende begripsbepalingen ingevoegd: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="2F54E000" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894995">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:tab/>
+        <w:t>maximummassa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00894995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>: de technisch toelaatbare maximummassa van een vrachtwagen in beladen toestand;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="66222C5A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894995">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="008D2B24">
+        <w:t>maximummassa van de combinatie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00894995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>: de maximummassa die, voor zover de vrachtwagen mag worden uitgerust met een of meer aanhangwagens of opleggers, wordt vermeerderd met de technisch toelaatbare maximummassa van de aanhangwagens of opleggers in beladen toestand die de vrachtwagen maximaal mag trekken;.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="480C560E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="1C4E3D5E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3. In de begripsbepaling van Verordening (EU) 2018/858 wordt “30 mei 2019” vervangen door “30 mei 2018”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00894995" w:rsidR="00894995" w:rsidP="00894995" w:rsidRDefault="00894995" w14:paraId="0E6A98A0" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="6CE9F1F5" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00831D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="65F42F39" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="63C49B36" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00831D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Artikel 3, eerste lid, onderdeel d, komt te luiden:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="088349FA" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00831D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>d. emissievrij zijn en een maximummassa hebben van maximaal 4.250 kilogram.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="2FB9A9C1" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="00B211DB" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00831D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="4A63AFA3" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="6D55D914" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00831D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In de in artikel 5, eerste lid, onderdelen a, b en c, opgenomen tabellen wordt “Toegestane maximummassa (kg)” telkens vervangen door “Maximummassa van de combinatie (kg)”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="1175C9E8" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="6ECF83A6" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00831D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="29FA6441" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="05E4C94A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00831D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Artikel 8 wordt als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="350ACDC9" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="7A8570CE" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00831D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1. In het vierde lid, eerste zin, wordt “toegestane maximummassa” vervangen door “maximummassa van de combinatie”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="6C459867" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00831D15" w:rsidR="00831D15" w:rsidP="00831D15" w:rsidRDefault="00831D15" w14:paraId="44F49424" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00831D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. In het vijfde lid, tweede zin, wordt “dat de vrachtwagen een toegestane maximummassa heeft van meer dan 32.000 kilogram” vervangen door “dat de maximummassa van de combinatie meer dan 32.000 kilogram bedraagt”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00894995" w:rsidP="00A307D8" w:rsidRDefault="00894995" w14:paraId="3C75A340" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00831D15" w:rsidP="00A307D8" w:rsidRDefault="00831D15" w14:paraId="5E1DAE61" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="4FE97D6F" w14:textId="71B5E7F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXXVI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="4B7DEAA2" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="389F247D" w14:textId="6A9054E1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In het Belastingplan 2023 wordt artikel XLA als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="4BD80A31" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="4C47AEDE" w14:textId="3A0BE746">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Onderdeel A vervalt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="1BCA2BFF" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="750C6438" w14:textId="36069301">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Onderdeel B komt te luiden:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="4E223736" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="776DB5EC" w14:textId="35425E23">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="31E3F715" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="46E9090F" w14:textId="118AB081">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In artikel 6 wordt “water, mineraalwater en spuitwater voor zover niet vallend onder GN-code 2201” vervangen door “mineraalwater”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="750D54B2" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="345E89A3" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="1B771F1C" w14:textId="1D0CEE98">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ARTIKEL XXXVII</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="43F1451F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="19F588D6" w14:textId="1429F38B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In het Belastingplan 2024 vervallen de artikelen III en IX.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="7B8F33A9" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="0EB7AA7B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="3FBDC3E5" w14:textId="1189660B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXXVIII</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="6E10F870" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="1C17CF22" w14:textId="5F1C703D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Het Belastingplan 2025 wordt als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="58721B4D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="2C8E2B8C" w14:textId="71FB8515">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="3F48E5BB" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="652953C7" w14:textId="6AA20FF2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel II, artikel III, onderdelen D en E, en artikel IX, onderdeel A, vervallen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="7D7FE2CA" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="2E2C55FF" w14:textId="5A295989">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="263A694A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="75EBDFCA" w14:textId="29E60457">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel IV wordt als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="7BBC397E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="74F54583" w14:textId="7EF6813E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. De aanhef wordt vervangen door:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="0078999F" w14:textId="51C92C12">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>De Wet inkomstenbelasting 2001 wordt met ingang van 1 januari 2028 als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C21CD" w:rsidP="00A307D8" w:rsidRDefault="009C21CD" w14:paraId="3E813C74" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="2DAA12F3" w14:textId="75FB232C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="3A02E7E2" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="70A5B1DE" w14:textId="1C86AF28">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>De in artikel 2.10, eerste lid, opgenomen tabel en de in artikel 2.10a, eerste lid, opgenomen tabel worden als volgt gewijzigd:.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="1F7AD547" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="1FA582D4" w14:textId="6AC81AF4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Er worden twee onderdelen toegevoegd, luidende:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="2F9463DE" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="2B98D3E9" w14:textId="3CD76D99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="5021E71C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="210663C5" w14:textId="3FAC0DB7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Afdeling 5.3 vervalt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="104F541A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="0D2E330B" w14:textId="28CB0A1A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="7109076E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="4068E27F" w14:textId="026F0658">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 8.19 vervalt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="12C5F024" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="4E9A4BED" w14:textId="249AA20F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="6DA72518" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="105F9B71" w14:textId="4046F53E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel XXV, onderdeel F, vervalt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="3EDAF772" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="7153AF7F" w14:textId="60BB3A78">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="7F0E78F9" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="3280883C" w14:textId="6943D1E1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In artikel XLIII wordt “1 januari 2026” vervangen door “1 januari 2027” en worden de bedragen “€ 973,84”, “€ 635,90” en “€ 425,43” vervangen door respectievelijk “€ 1002,07”, “€ 654,33” en “€ 437,77”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="07F72B42" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="30434511" w14:textId="0E671FAD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="494DCFB3" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="1FBD5899" w14:textId="4925D946">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In artikel LVIII, onderdeel a, wordt ‘onderdeel IV’ vervangen door ‘onderdeel B’.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="3DFC9AA2" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00734F70" w:rsidR="00734F70" w:rsidP="00734F70" w:rsidRDefault="00734F70" w14:paraId="2D2C89F6" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734F70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>F</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00734F70" w:rsidR="00734F70" w:rsidP="00734F70" w:rsidRDefault="00734F70" w14:paraId="20B57AEF" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00734F70" w:rsidR="00734F70" w:rsidP="00734F70" w:rsidRDefault="00734F70" w14:paraId="6D39F11F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734F70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In artikel LXV, derde lid, wordt “artikel 2, eerste lid,” vervangen door “artikel 30”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="08C85C79" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003C4039" w:rsidP="00A307D8" w:rsidRDefault="003C4039" w14:paraId="3C51D2C4" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="003C4039" w:rsidR="003C4039" w:rsidP="003C4039" w:rsidRDefault="003C4039" w14:paraId="122104DD" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C4039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXXVIIIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003C4039" w:rsidR="003C4039" w:rsidP="003C4039" w:rsidRDefault="003C4039" w14:paraId="17C44829" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="003C4039" w:rsidR="003C4039" w:rsidP="003C4039" w:rsidRDefault="003C4039" w14:paraId="6011175F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C4039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>De Wet behoud verlaagd btw-tarief op cultuur, media en sport wordt als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003C4039" w:rsidR="003C4039" w:rsidP="003C4039" w:rsidRDefault="003C4039" w14:paraId="0ABA867C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="003C4039" w:rsidR="003C4039" w:rsidP="003C4039" w:rsidRDefault="003C4039" w14:paraId="30C5F6E6" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C4039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003C4039" w:rsidR="003C4039" w:rsidP="003C4039" w:rsidRDefault="003C4039" w14:paraId="359DA3B5" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="003C4039" w:rsidR="003C4039" w:rsidP="003C4039" w:rsidRDefault="003C4039" w14:paraId="7B9E1B89" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C4039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In artikel II, derde lid, wordt na “artikelen” ingevoegd “4.17a, achtste lid, onderdeel c,”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003C4039" w:rsidR="003C4039" w:rsidP="003C4039" w:rsidRDefault="003C4039" w14:paraId="7B934D3A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="003C4039" w:rsidR="003C4039" w:rsidP="003C4039" w:rsidRDefault="003C4039" w14:paraId="5D06B104" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C4039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003C4039" w:rsidR="003C4039" w:rsidP="003C4039" w:rsidRDefault="003C4039" w14:paraId="64C1C589" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="003C4039" w:rsidR="003C4039" w:rsidP="003C4039" w:rsidRDefault="003C4039" w14:paraId="78C405DD" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C4039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Artikel IV vervalt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C4039" w:rsidP="00A307D8" w:rsidRDefault="003C4039" w14:paraId="01834CA5" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000C6C48" w:rsidP="00A307D8" w:rsidRDefault="000C6C48" w14:paraId="09D0CBA4" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="000C6C48" w:rsidR="000C6C48" w:rsidP="000C6C48" w:rsidRDefault="000C6C48" w14:paraId="0BC7EFF7" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C6C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXXVIIIB</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000C6C48" w:rsidR="000C6C48" w:rsidP="000C6C48" w:rsidRDefault="000C6C48" w14:paraId="104D83D7" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="000C6C48" w:rsidR="000C6C48" w:rsidP="000C6C48" w:rsidRDefault="000C6C48" w14:paraId="08C78FEC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C6C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In de Wet aanpassing fiscale bedrijfsopvolgingsfaciliteiten 2024 vervallen artikel II, onderdeel A, onder 0, en artikel V, onderdeel B, onder 1a, 1b en 3a.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C6C48" w:rsidP="000C6C48" w:rsidRDefault="000C6C48" w14:paraId="6AE908C7" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="000C6C48" w:rsidR="000C6C48" w:rsidP="000C6C48" w:rsidRDefault="000C6C48" w14:paraId="024BC625" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="000C6C48" w:rsidR="000C6C48" w:rsidP="000C6C48" w:rsidRDefault="000C6C48" w14:paraId="0902B567" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C6C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXXVIIIC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000C6C48" w:rsidR="000C6C48" w:rsidP="000C6C48" w:rsidRDefault="000C6C48" w14:paraId="47F5F4AD" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="000C6C48" w:rsidR="000C6C48" w:rsidP="000C6C48" w:rsidRDefault="000C6C48" w14:paraId="41B87CE5" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C6C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In de Wet aanpassing fiscale bedrijfsopvolgingsfaciliteiten 2025 vervallen de artikelen I, onderdelen A, onder 1 tot en met 6 en 8, Aa en B, onder 1 en 2, en III, onderdelen B, onder 1 tot en met 5, 7 en 8, Ba en C, onder 1, subonderdeel a, tweede zin, en subonderdelen b tot en met d, 2 en 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00734F70" w:rsidP="00A307D8" w:rsidRDefault="00734F70" w14:paraId="1689C5FC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="000C6C48" w:rsidP="00A307D8" w:rsidRDefault="000C6C48" w14:paraId="264E3720" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="1EC50368" w14:textId="2F45D1CD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XXXIX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="07207C5C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="044F8528" w14:textId="09903DC4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Artikel X, onderdeel A vindt geen toepassing op verkrijgingen op grond van huwelijkse voorwaarden die zijn aangegaan voor 16 september 2025, 16:00 uur, alsmede op verkrijgingen op grond van een notarieel samenlevingscontract dat is afgesloten voor 16 september 2025, 16:00 uur. De eerste zin is niet langer van toepassing zodra die huwelijkse voorwaarden, onderscheidenlijk dat notariële samenlevingscontract, op of na dat tijdstip worden, onderscheidenlijk wordt, gewijzigd met betrekking tot het aandeel in de huwelijksgoederengemeenschap of de te verrekenen som. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="79B3F7B1" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="39BD9B62" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="083228EE" w14:textId="02042A3E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="0758EE08" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="79B06BE4" w14:textId="74D53E59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De artikelen 5.26, vierde lid, en 5.31, eerste lid, onderdeel b, van de Wet inkomstenbelasting 2001 blijven buiten toepassing voor zover het werkelijke rendement van bezittingen en schulden, bedoeld in artikel 5.25, eerste lid, van die wet, wordt bepaald over bezittingen of schulden die direct voorafgaand aan 25 augustus 2025, 16.00 uur tot de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>bezittingen, bedoeld in artikel 5.3, tweede lid, van die wet, onderscheidenlijk de schulden, bedoeld in artikel 5.3, derde lid, van die wet, behoorden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="0027F282" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="4776CA5B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="178F0F44" w14:textId="6A1272E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XLI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="6649535B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="260FC659" w14:textId="60CEF383">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Bij de toepassing van de artikelen 10.1, eerste lid, 10.3, tweede lid, en 10bis.12 van de Wet inkomstenbelasting 2001 en de artikelen 20a, tweede lid, en 22d van de Wet op de loonbelasting 1964 bij het begin van het kalenderjaar 2026 worden de betreffende bedragen niet vermenigvuldigd met de tabelcorrectiefactor, maar met 1,027782.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="46390CCA" w14:textId="7E60E27F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Bij de toepassing van artikel 10.1, tweede lid, van de Wet inkomstenbelasting 2001 en artikel 20b, tweede lid, van de Wet op de loonbelasting 1964 bij het begin van het kalenderjaar 2026 wordt het betreffende bedrag niet vermenigvuldigd met de uitkomst van de daarin opgenomen formule, maar, in afwijking van het eerste lid, met 1,02083650.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="15AC6DAA" w14:textId="65044DFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Het eerste lid is niet van toepassing op de bedragen, genoemd in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C4039" w:rsidR="003C4039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00202E35" w:rsidR="003C4039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>de artikelen 4.17a, achtste lid, onderdeel c,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9.4, eerste lid, onderdeel c, en 9.4a, eerste lid, onderdeel a, van de Wet inkomstenbelasting 2001.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="12F7C2CA" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="523CCE46" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="45F8836B" w14:textId="120D3935">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XLII</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="69D67703" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="63A09171" w14:textId="205855D7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>De bedragen, bedoeld in de artikelen en onderdelen, genoemd in artikel XXXV, onderdeel c, van het Belastingplan 2024, waarop artikel 10.1, eerste lid, van de Wet inkomstenbelasting 2001 van overeenkomstige toepassing is bij het begin van het kalenderjaar 2026, worden daarbij niet vermenigvuldigd met de tabelcorrectiefactor, maar met 1,027782.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="21F896B6" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="2C1C05AF" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="58BA84DB" w14:textId="4D483C6D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ARTIKEL XLIII</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="06879D01" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="008D2B24" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="008D2B24" w14:paraId="394BC576" w14:textId="571D88B9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008D2B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>[Vervallen]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="70138E29" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="008D2B24" w:rsidP="00A307D8" w:rsidRDefault="008D2B24" w14:paraId="538958B9" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
@@ -20038,79 +21838,95 @@
       <w:r w:rsidRPr="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ARTIKEL XLVIII</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="035936E3" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="109B6215" w14:textId="1A54A33A">
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="109B6215" w14:textId="7D422CA8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Indien het bij koninklijke boodschap van 24 april 2025 ingediende voorstel van wet tot wijziging van enkele belastingwetten en enige andere wetten (Fiscale verzamelwet 2026) tot wet is of wordt verheven, en eerder in werking treedt dan deze wet komt de in artikel XIX, tweede lid, van Overige fiscale maatregelen opgenomen wijziging van artikel 222, derde lid, onderdeel a, onder 2⁰, van de Provinciewet te luiden: </w:t>
+        <w:t xml:space="preserve">1. Indien het bij koninklijke boodschap van 24 april 2025 ingediende voorstel van wet tot wijziging van enkele belastingwetten en enige andere wetten (Fiscale verzamelwet 2026) tot wet is of wordt verheven, en eerder in werking treedt dan deze wet komt de in artikel XIX, tweede lid, van Overige fiscale maatregelen </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">opgenomen wijziging van artikel 222, derde lid, onderdeel a, onder 2⁰, van de Provinciewet te luiden: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="340E7B46" w14:textId="3C069600">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
@@ -20644,79 +22460,135 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i. artikel XXXVIII, onderdeel D, toepassing vindt voordat artikel XLIII van het Belastingplan 2025 wordt toegepast.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="3CF0E97C" w14:textId="2A68E645">
+    <w:p w:rsidRPr="00A307D8" w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="3CF0E97C" w14:textId="691FA697">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2. In afwijking van het eerste lid treedt artikel XVII, onderdeel B, in werking op het tijdstip waarop artikel 2, eerste lid, van de Wet vrachtwagenheffing in werking treedt.</w:t>
+        <w:t>2. In afwijking van het eerste lid treedt artikel XVII, onderde</w:t>
+      </w:r>
+      <w:r w:rsidR="008263D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>len Aa en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B, in werking op het tijdstip waarop artikel </w:t>
+      </w:r>
+      <w:r w:rsidR="008263D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A307D8" w:rsidR="00A307D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> van de Wet vrachtwagenheffing in werking treedt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0031099F" w:rsidR="0031099F" w:rsidP="0031099F" w:rsidRDefault="0031099F" w14:paraId="7EF0C3B8" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031099F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3. In afwijking van het eerste lid treedt artikel XXXVA in werking op een bij koninklijk besluit te bepalen tijdstip, dat voor de verschillende onderdelen daarvan verschillend kan worden vastgesteld.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A307D8" w:rsidP="00A307D8" w:rsidRDefault="00A307D8" w14:paraId="013A09B3" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00A307D8" w:rsidR="0045583D" w:rsidP="00A307D8" w:rsidRDefault="0045583D" w14:paraId="3931DB1F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -21225,72 +23097,72 @@
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="002168F4" w:rsidR="00A307D8" w:rsidSect="00A11E73">
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="357" w:footer="1440" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5204A920" w14:textId="77777777" w:rsidR="00A307D8" w:rsidRDefault="00A307D8">
+    <w:p w14:paraId="4740F60B" w14:textId="77777777" w:rsidR="009B6ED8" w:rsidRDefault="009B6ED8">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F058B48" w14:textId="77777777" w:rsidR="00A307D8" w:rsidRDefault="00A307D8">
+    <w:p w14:paraId="073AD44F" w14:textId="77777777" w:rsidR="009B6ED8" w:rsidRDefault="009B6ED8">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="04F02683" w14:textId="77777777" w:rsidR="00A307D8" w:rsidRDefault="00A307D8">
+    <w:p w14:paraId="5C8AA469" w14:textId="77777777" w:rsidR="009B6ED8" w:rsidRDefault="009B6ED8">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
@@ -21424,143 +23296,175 @@
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="002168F4">
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="067381F7" w14:textId="77777777" w:rsidR="002168F4" w:rsidRPr="002168F4" w:rsidRDefault="002168F4" w:rsidP="002168F4">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43767A83" w14:textId="77777777" w:rsidR="00A307D8" w:rsidRDefault="00A307D8">
+    <w:p w14:paraId="32978CA0" w14:textId="77777777" w:rsidR="009B6ED8" w:rsidRDefault="009B6ED8">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="409C8B9B" w14:textId="77777777" w:rsidR="00A307D8" w:rsidRDefault="00A307D8">
+    <w:p w14:paraId="79F359CD" w14:textId="77777777" w:rsidR="009B6ED8" w:rsidRDefault="009B6ED8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A307D8"/>
     <w:rsid w:val="00012DBE"/>
+    <w:rsid w:val="00053AC9"/>
     <w:rsid w:val="000A1D81"/>
+    <w:rsid w:val="000C6720"/>
+    <w:rsid w:val="000C6C48"/>
+    <w:rsid w:val="000D6E0D"/>
     <w:rsid w:val="00111ED3"/>
+    <w:rsid w:val="001636FF"/>
     <w:rsid w:val="0017256D"/>
     <w:rsid w:val="001C190E"/>
     <w:rsid w:val="002168F4"/>
+    <w:rsid w:val="0024252E"/>
     <w:rsid w:val="002A727C"/>
+    <w:rsid w:val="0031099F"/>
+    <w:rsid w:val="003244F8"/>
+    <w:rsid w:val="003C4039"/>
     <w:rsid w:val="0045583D"/>
+    <w:rsid w:val="00592865"/>
+    <w:rsid w:val="005D0E76"/>
     <w:rsid w:val="005D2707"/>
     <w:rsid w:val="005E7CE2"/>
     <w:rsid w:val="00606255"/>
+    <w:rsid w:val="00607D81"/>
     <w:rsid w:val="0066051A"/>
     <w:rsid w:val="006B607A"/>
     <w:rsid w:val="006E1A39"/>
+    <w:rsid w:val="00734F70"/>
     <w:rsid w:val="007D451C"/>
+    <w:rsid w:val="007E7D6E"/>
     <w:rsid w:val="00826224"/>
+    <w:rsid w:val="008263D0"/>
+    <w:rsid w:val="00831D15"/>
+    <w:rsid w:val="00871B4D"/>
+    <w:rsid w:val="00894995"/>
+    <w:rsid w:val="008B01F0"/>
     <w:rsid w:val="008D2B24"/>
     <w:rsid w:val="00930A23"/>
+    <w:rsid w:val="009B6ED8"/>
+    <w:rsid w:val="009C21CD"/>
     <w:rsid w:val="009C7354"/>
     <w:rsid w:val="009E6D7F"/>
     <w:rsid w:val="00A11E73"/>
     <w:rsid w:val="00A2521E"/>
     <w:rsid w:val="00A307D8"/>
     <w:rsid w:val="00A53B0F"/>
+    <w:rsid w:val="00AE109C"/>
     <w:rsid w:val="00AE436A"/>
     <w:rsid w:val="00B35406"/>
+    <w:rsid w:val="00B36DBA"/>
+    <w:rsid w:val="00BF6DA2"/>
     <w:rsid w:val="00C135B1"/>
+    <w:rsid w:val="00C145F7"/>
     <w:rsid w:val="00C92DF8"/>
+    <w:rsid w:val="00CA116B"/>
+    <w:rsid w:val="00CB1278"/>
     <w:rsid w:val="00CB3578"/>
     <w:rsid w:val="00D20AFA"/>
     <w:rsid w:val="00D27982"/>
+    <w:rsid w:val="00D44740"/>
     <w:rsid w:val="00D55648"/>
+    <w:rsid w:val="00DB2AB5"/>
+    <w:rsid w:val="00DE71D1"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E36EE9"/>
     <w:rsid w:val="00EC79F4"/>
+    <w:rsid w:val="00EF7E24"/>
+    <w:rsid w:val="00F07179"/>
     <w:rsid w:val="00F13442"/>
     <w:rsid w:val="00F956D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -22651,50 +24555,61 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="dossiertitel">
     <w:name w:val="dossiertitel"/>
     <w:basedOn w:val="Standaard"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="documentdatum">
     <w:name w:val="documentdatum"/>
     <w:basedOn w:val="Standaard"/>
     <w:rPr>
       <w:i/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="vergaderjaar">
     <w:name w:val="vergaderjaar"/>
     <w:basedOn w:val="Standaard"/>
   </w:style>
   <w:style w:type="character" w:styleId="Paginanummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:rsid w:val="002168F4"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revisie">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003C4039"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\GriffieSjablonen\wet.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -22960,95 +24875,98 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <ap:Pages>25</ap:Pages>
-[...1 lines deleted...]
-  <ap:Characters>36120</ap:Characters>
+  <ap:Pages>27</ap:Pages>
+  <ap:Words>7117</ap:Words>
+  <ap:Characters>39146</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>301</ap:Lines>
-  <ap:Paragraphs>85</ap:Paragraphs>
+  <ap:Lines>326</ap:Lines>
+  <ap:Paragraphs>92</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>42602</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>46171</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>737000711</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_EmailSubject">
     <vt:lpwstr>Sjablonen amendementen en voorstellen van wet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_AuthorEmail">
     <vt:lpwstr>M.Geenen@sdu.nl</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Geenen, Michel</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_PreviousAdHocReviewCycleID">
     <vt:i4>-1389537874</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ReviewingToolsShownOnce">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ContentTypeId">
     <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>