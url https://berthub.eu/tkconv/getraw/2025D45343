--- v0 (2025-11-08)
+++ v1 (2025-12-07)
@@ -282,126 +282,103 @@
                               <w:t>Eindverslag</w:t>
                             </w:r>
                             <w:r w:rsidR="001653F4">
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00856D4A">
                               <w:t>EU-rapporteur</w:t>
                             </w:r>
                             <w:r w:rsidR="001350E7">
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="000B00D3">
                               <w:t>Clean Industrial Deal</w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidR="00036640" w:rsidP="008730DA" w:rsidRDefault="008730DA" w14:paraId="2D501F9F" w14:textId="43D48AF9">
                             <w:pPr>
                               <w:pStyle w:val="Standaard65"/>
                             </w:pPr>
                             <w:r>
                               <w:tab/>
                               <w:t>aan</w:t>
                             </w:r>
                             <w:r>
                               <w:tab/>
-                              <w:t xml:space="preserve">Leden en </w:t>
-[...7 lines deleted...]
-                              <w:t xml:space="preserve">. leden van de vaste commissie voor </w:t>
+                              <w:t xml:space="preserve">Leden en plv. leden van de vaste commissie voor </w:t>
                             </w:r>
                             <w:r w:rsidR="00C6419E">
                               <w:t>KGG</w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidRPr="00514BAD" w:rsidR="00F54A54" w:rsidP="00C714DB" w:rsidRDefault="008730DA" w14:paraId="44187F51" w14:textId="55A4E4C5">
                             <w:pPr>
                               <w:pStyle w:val="Standaard65"/>
                             </w:pPr>
                             <w:r>
                               <w:tab/>
                               <w:t>in afschrift aan</w:t>
                             </w:r>
                             <w:r>
                               <w:tab/>
-                              <w:t xml:space="preserve">Leden en </w:t>
-[...3 lines deleted...]
-                              <w:t>pl</w:t>
+                              <w:t>Leden en pl</w:t>
                             </w:r>
                             <w:r w:rsidR="008943D4">
-                              <w:t>v</w:t>
-[...3 lines deleted...]
-                              <w:t>. leden van de vaste commissie</w:t>
+                              <w:t>v. leden van de vaste commissie</w:t>
                             </w:r>
                             <w:r w:rsidR="00811D5B">
                               <w:t>s</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve"> voor </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidR="00811D5B">
-                              <w:t>IenW</w:t>
-[...3 lines deleted...]
-                              <w:t xml:space="preserve"> en </w:t>
+                              <w:t xml:space="preserve">IenW en </w:t>
                             </w:r>
                             <w:r>
                               <w:t>E</w:t>
                             </w:r>
                             <w:r w:rsidR="00036640">
                               <w:t>UZA</w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidRPr="00104D8D" w:rsidR="008730DA" w:rsidP="008730DA" w:rsidRDefault="008730DA" w14:paraId="7AD9220F" w14:textId="7E22C03D">
                             <w:pPr>
                               <w:pStyle w:val="Standaard65"/>
                               <w:rPr>
                                 <w:lang w:val="de-DE"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:tab/>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00104D8D">
                               <w:rPr>
                                 <w:lang w:val="de-DE"/>
                               </w:rPr>
                               <w:t>datum</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00104D8D">
                               <w:rPr>
                                 <w:lang w:val="de-DE"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:lang w:val="de-DE"/>
                                 </w:rPr>
                                 <w:id w:val="-197937237"/>
                                 <w:date w:fullDate="2025-10-30T00:00:00Z">
                                   <w:dateFormat w:val="d MMMM yyyy"/>
                                   <w:lid w:val="nl-NL"/>
                                   <w:storeMappedDataAs w:val="dateTime"/>
                                   <w:calendar w:val="gregorian"/>
                                 </w:date>
                               </w:sdtPr>
                               <w:sdtContent>
                                 <w:r w:rsidR="005D6BA4">
                                   <w:t>30 oktober 2025</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
@@ -553,55 +530,67 @@
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidR="00C6419E">
                         <w:t>Eindverslag</w:t>
                       </w:r>
                       <w:r w:rsidR="001653F4">
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00856D4A">
                         <w:t>EU-rapporteur</w:t>
                       </w:r>
                       <w:r w:rsidR="001350E7">
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="000B00D3">
                         <w:t>Clean Industrial Deal</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="00036640" w:rsidP="008730DA" w:rsidRDefault="008730DA" w14:paraId="2D501F9F" w14:textId="43D48AF9">
                       <w:pPr>
                         <w:pStyle w:val="Standaard65"/>
                       </w:pPr>
                       <w:r>
                         <w:tab/>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
                         <w:t>aan</w:t>
                       </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                       <w:r>
                         <w:tab/>
-                        <w:t xml:space="preserve">Leden en plv. leden van de vaste commissie voor </w:t>
+                        <w:t xml:space="preserve">Leden en plv. </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:t>leden</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> van de vaste commissie voor </w:t>
                       </w:r>
                       <w:r w:rsidR="00C6419E">
                         <w:t>KGG</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidRPr="00514BAD" w:rsidR="00F54A54" w:rsidP="00C714DB" w:rsidRDefault="008730DA" w14:paraId="44187F51" w14:textId="55A4E4C5">
                       <w:pPr>
                         <w:pStyle w:val="Standaard65"/>
                       </w:pPr>
                       <w:r>
                         <w:tab/>
                         <w:t>in afschrift aan</w:t>
                       </w:r>
                       <w:r>
                         <w:tab/>
                         <w:t>Leden en pl</w:t>
                       </w:r>
                       <w:r w:rsidR="008943D4">
                         <w:t>v. leden van de vaste commissie</w:t>
                       </w:r>
                       <w:r w:rsidR="00811D5B">
                         <w:t>s</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> voor </w:t>
@@ -2386,51 +2375,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Vraagcreatie (lead </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>markets</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00275426" w:rsidP="00887619" w:rsidRDefault="00CA0315" w14:paraId="4CD09F4B" w14:textId="228426EA">
+    <w:p w:rsidR="00181625" w:rsidP="00887619" w:rsidRDefault="00CA0315" w14:paraId="432D4AF1" w14:textId="72EDB5FB">
       <w:r>
         <w:t>Het eerste</w:t>
       </w:r>
       <w:r w:rsidR="002E5621">
         <w:t xml:space="preserve"> onderdeel </w:t>
       </w:r>
       <w:r w:rsidR="00031F58">
         <w:t xml:space="preserve">zal </w:t>
       </w:r>
       <w:r w:rsidR="00D56485">
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00031F58">
         <w:t xml:space="preserve">gaan op de vraag hoe de productie in de EU </w:t>
       </w:r>
       <w:r w:rsidR="00560D11">
         <w:t xml:space="preserve">(“Made in Europe”) </w:t>
       </w:r>
       <w:r w:rsidR="00E605B1">
         <w:t xml:space="preserve">kan </w:t>
       </w:r>
       <w:r w:rsidR="00031F58">
         <w:t xml:space="preserve">worden gestimuleerd. In dit </w:t>
       </w:r>
       <w:r w:rsidR="007D126F">
@@ -2494,135 +2483,122 @@
       <w:r w:rsidR="00855F60">
         <w:t>vermoedelijk</w:t>
       </w:r>
       <w:r w:rsidR="00AC7BB5">
         <w:t xml:space="preserve"> een bepaald deel van de gebruikte staal koolstofarm en uit de EU afkomstig te zijn</w:t>
       </w:r>
       <w:r w:rsidR="007A7638">
         <w:t xml:space="preserve">; deze eisen </w:t>
       </w:r>
       <w:r w:rsidR="00407DA9">
         <w:t xml:space="preserve">worden dan </w:t>
       </w:r>
       <w:r w:rsidR="007A7638">
         <w:t>van toepassing bij publieke aanbestedingen in de EU</w:t>
       </w:r>
       <w:r w:rsidR="005461E6">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CC3DB9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00752985">
         <w:t xml:space="preserve">De EU </w:t>
       </w:r>
       <w:r w:rsidR="002A131E">
-        <w:t>acht deze bepalingen nodig vanwege het belang van</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">acht deze bepalingen nodig vanwege </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D816BD" w:rsidR="00D816BD">
+        <w:t xml:space="preserve">het belang van leveringszekerheid en het stimuleren van </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D816BD" w:rsidR="00D816BD">
+        <w:t>decarbonisatie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002B06D9">
-        <w:t xml:space="preserve">milieubescherming. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00D56485">
-        <w:t>De Commissie zal ook met labels komen voor</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> wat onder</w:t>
+        <w:t xml:space="preserve">De Commissie zal ook met </w:t>
+      </w:r>
+      <w:r w:rsidR="00D816BD">
+        <w:t xml:space="preserve">een </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56485">
+        <w:t xml:space="preserve">label komen </w:t>
+      </w:r>
+      <w:r w:rsidR="00C228A1">
+        <w:t>voor</w:t>
       </w:r>
       <w:r w:rsidR="00D56485">
         <w:t xml:space="preserve"> koolstofarm staal</w:t>
       </w:r>
-      <w:r w:rsidR="009F6C5A">
-[...24 lines deleted...]
-        <w:t>staan</w:t>
+      <w:r w:rsidR="0008592B">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00D56485">
-        <w:t>. In een later stadium volg</w:t>
+        <w:t>In een later stadium volg</w:t>
       </w:r>
       <w:r w:rsidR="00886580">
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidR="00D56485">
         <w:t xml:space="preserve"> mogelijk ook label</w:t>
       </w:r>
       <w:r w:rsidR="00886580">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00D56485">
         <w:t xml:space="preserve"> voor </w:t>
       </w:r>
       <w:r w:rsidR="000E1BAE">
         <w:t xml:space="preserve">(koolstofarm) </w:t>
       </w:r>
       <w:r w:rsidR="00D56485">
         <w:t>plastic en andere chemische producten</w:t>
       </w:r>
       <w:r w:rsidR="0085267C">
         <w:t>, maar voordat dit mogelijk is</w:t>
       </w:r>
       <w:r w:rsidR="00E762DD">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0085267C">
         <w:t xml:space="preserve"> moet de Commissie eerst de benodigde </w:t>
       </w:r>
       <w:r w:rsidR="00E762DD">
         <w:t xml:space="preserve">gegevens </w:t>
       </w:r>
       <w:r w:rsidR="0085267C">
         <w:t>hiervoor vinden</w:t>
       </w:r>
       <w:r w:rsidR="00D56485">
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00181625" w:rsidP="00887619" w:rsidRDefault="00181625" w14:paraId="432D4AF1" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00D816BD" w:rsidR="00D816BD" w:rsidP="00887619" w:rsidRDefault="00D816BD" w14:paraId="6701DA33" w14:textId="77777777"/>
     <w:p w:rsidRPr="00232D51" w:rsidR="00D56485" w:rsidP="00232D51" w:rsidRDefault="00357847" w14:paraId="0122AB47" w14:textId="11B5B02A">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00232D51">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Voorwaarden voor buitenlandse investeringen</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CA205F" w:rsidP="00887619" w:rsidRDefault="003C762C" w14:paraId="7EAAD327" w14:textId="3127E486">
       <w:r>
         <w:t xml:space="preserve">De Industrial Accelerator Act zal ook ingaan op voorwaarden voor buitenlandse investeringen in de EU. </w:t>
       </w:r>
       <w:r w:rsidR="00CB1C9F">
@@ -3218,58 +3194,58 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00574F4C" w:rsidP="000B00D3" w:rsidRDefault="00574F4C" w14:paraId="75C38AAE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00574F4C" w:rsidSect="00B36B2E">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="2211" w:bottom="3255" w:left="1701" w:header="2370" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:type="lines" w:linePitch="284"/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08E992C2" w14:textId="77777777" w:rsidR="006139F4" w:rsidRDefault="006139F4">
+    <w:p w14:paraId="0C167CB7" w14:textId="77777777" w:rsidR="00CF7A71" w:rsidRDefault="00CF7A71">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C6D426F" w14:textId="77777777" w:rsidR="006139F4" w:rsidRDefault="006139F4">
+    <w:p w14:paraId="0750362A" w14:textId="77777777" w:rsidR="00CF7A71" w:rsidRDefault="00CF7A71">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -3325,50 +3301,57 @@
   <w:font w:name="Lohit Hindi">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="HPAGA E+ Univers">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="05C594C6" w14:textId="77777777" w:rsidR="00187443" w:rsidRDefault="00187443">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="nl-NL"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679232" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="68208CA4" wp14:editId="43C04FB6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>2952115</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10333355</wp:posOffset>
@@ -3564,58 +3547,58 @@
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="43BED4AE" id="Text Box 6" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:129pt;margin-top:759.95pt;width:388.35pt;height:35.3pt;z-index:251676160;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhtQK+7QEAAMEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m7gkbUdBqdipAG&#10;Qxr7AY7jJBaOz5zdJuXXc3aSDm1viDxYZ/vu833ffdneDJ1hJ4Vegy34arHkTFkJlbZNwZ9+HN5d&#10;c+aDsJUwYFXBz8rzm93bN9ve5WoNLZhKISMQ6/PeFbwNweVZ5mWrOuEX4JSlyxqwE4G22GQVip7Q&#10;O5Otl8sPWQ9YOQSpvKfTu/GS7xJ+XSsZHuraq8BMwam3kFZMaxnXbLcVeYPCtVpObYh/6KIT2tKj&#10;F6g7EQQ7on4F1WmJ4KEOCwldBnWtpUociM1q+YLNYyucSlxIHO8uMvn/Byu/nR7dd2Rh+AQDDTCR&#10;8O4e5E/PLOxbYRt1iwh9q0RFD6+iZFnvfD6VRql97iNI2X+FioYsjgES0FBjF1UhnozQaQDni+hq&#10;CEzS4ebj1Xq5ec+ZpLvN5vpqlaaSiXyudujDZwUdi0HBkYaa0MXp3ofYjcjnlPiYB6OrgzYmbbAp&#10;9wbZSZABDulLBF6kGRuTLcSyETGeJJqR2cgxDOXAdDVpEFmXUJ2JN8LoK/oPKGgBf3PWk6cK7n8d&#10;BSrOzBdL2kUDzgHOQTkHwkoqLXjJ2Rjuw2jUo0PdtIQ8TsfCLelb60T9uYupXfJJUmTydDTi3/uU&#10;9fzn7f4AAAD//wMAUEsDBBQABgAIAAAAIQAUGI964gAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUjcqN0WQxPiVFCpnFpVtP2AbbxNArEdYqcNf49zguPOjGbfZMvBNOxCna+d&#10;VTCdCGBkC6drWyo4HtYPC2A+oNXYOEsKfsjDMr+9yTDV7mo/6LIPJYsl1qeooAqhTTn3RUUG/cS1&#10;ZKN3dp3BEM+u5LrDayw3DZ8J8cQN1jZ+qLClVUXF1743Cjafcud3xfr8Ld37G8771XbY1Erd3w2v&#10;L8ACDeEvDCN+RIc8Mp1cb7VnjYKZXMQtIRpymiTAxoiYPz4DO41aIiTwPOP/Z+S/AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAOG1Ar7tAQAAwQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABQYj3riAAAADgEAAA8AAAAAAAAAAAAAAAAARwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABWBQAAAAA=&#10;" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="6A56156C" w14:textId="77777777" w:rsidR="00187443" w:rsidRDefault="00187443"/>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76EB9802" w14:textId="77777777" w:rsidR="006139F4" w:rsidRDefault="006139F4">
+    <w:p w14:paraId="0E67BAA7" w14:textId="77777777" w:rsidR="00CF7A71" w:rsidRDefault="00CF7A71">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1ADEF9E8" w14:textId="77777777" w:rsidR="006139F4" w:rsidRDefault="006139F4">
+    <w:p w14:paraId="3CB86702" w14:textId="77777777" w:rsidR="00CF7A71" w:rsidRDefault="00CF7A71">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="4BD131C7" w14:textId="634E7FCE" w:rsidR="0005110E" w:rsidRDefault="0005110E">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005110E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>https://www.tweedekamer.nl/kamerstukken/detail?id=2025Z08099&amp;did=2025D18436</w:t>
@@ -6300,51 +6283,51 @@
   </w:num>
   <w:num w:numId="20" w16cid:durableId="164825860">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1191869576">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="684554981">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="220554979">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1398820764">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="146016534">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="122"/>
+  <w:zoom w:percent="186"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="90"/>
   <w:drawingGridVerticalSpacing w:val="142"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -6433,50 +6416,51 @@
     <w:rsid w:val="000605B4"/>
     <w:rsid w:val="00060C4A"/>
     <w:rsid w:val="000629EB"/>
     <w:rsid w:val="00062A9B"/>
     <w:rsid w:val="000639D3"/>
     <w:rsid w:val="00066603"/>
     <w:rsid w:val="00070278"/>
     <w:rsid w:val="000709EB"/>
     <w:rsid w:val="00070A43"/>
     <w:rsid w:val="00070D99"/>
     <w:rsid w:val="00071115"/>
     <w:rsid w:val="00071FD4"/>
     <w:rsid w:val="00072978"/>
     <w:rsid w:val="000735CD"/>
     <w:rsid w:val="000744C7"/>
     <w:rsid w:val="00074847"/>
     <w:rsid w:val="0007487E"/>
     <w:rsid w:val="00080217"/>
     <w:rsid w:val="000808FB"/>
     <w:rsid w:val="00080B35"/>
     <w:rsid w:val="00080C03"/>
     <w:rsid w:val="00081A79"/>
     <w:rsid w:val="00081BBF"/>
     <w:rsid w:val="00082D65"/>
     <w:rsid w:val="00084C16"/>
+    <w:rsid w:val="0008592B"/>
     <w:rsid w:val="00086188"/>
     <w:rsid w:val="00086346"/>
     <w:rsid w:val="00086D0A"/>
     <w:rsid w:val="00090450"/>
     <w:rsid w:val="000909A6"/>
     <w:rsid w:val="00091061"/>
     <w:rsid w:val="00092803"/>
     <w:rsid w:val="00092BAB"/>
     <w:rsid w:val="0009408D"/>
     <w:rsid w:val="00094CC4"/>
     <w:rsid w:val="00094EE3"/>
     <w:rsid w:val="00095546"/>
     <w:rsid w:val="00095586"/>
     <w:rsid w:val="00096636"/>
     <w:rsid w:val="00096783"/>
     <w:rsid w:val="00096DF9"/>
     <w:rsid w:val="000971EF"/>
     <w:rsid w:val="000975E2"/>
     <w:rsid w:val="00097A63"/>
     <w:rsid w:val="000A03D7"/>
     <w:rsid w:val="000A0A50"/>
     <w:rsid w:val="000A1281"/>
     <w:rsid w:val="000A1549"/>
     <w:rsid w:val="000A1D28"/>
     <w:rsid w:val="000A20FB"/>
@@ -6946,101 +6930,101 @@
     <w:rsid w:val="002D499E"/>
     <w:rsid w:val="002D4E09"/>
     <w:rsid w:val="002D52DA"/>
     <w:rsid w:val="002D5D07"/>
     <w:rsid w:val="002D6183"/>
     <w:rsid w:val="002D6F7E"/>
     <w:rsid w:val="002E04EB"/>
     <w:rsid w:val="002E0ED5"/>
     <w:rsid w:val="002E1629"/>
     <w:rsid w:val="002E16AA"/>
     <w:rsid w:val="002E1B78"/>
     <w:rsid w:val="002E1C0B"/>
     <w:rsid w:val="002E2028"/>
     <w:rsid w:val="002E3724"/>
     <w:rsid w:val="002E3BD5"/>
     <w:rsid w:val="002E47DF"/>
     <w:rsid w:val="002E5597"/>
     <w:rsid w:val="002E5621"/>
     <w:rsid w:val="002E584E"/>
     <w:rsid w:val="002E5AFF"/>
     <w:rsid w:val="002E5C86"/>
     <w:rsid w:val="002E6052"/>
     <w:rsid w:val="002E627E"/>
     <w:rsid w:val="002E6424"/>
     <w:rsid w:val="002E64D8"/>
+    <w:rsid w:val="002E7411"/>
     <w:rsid w:val="002E7500"/>
     <w:rsid w:val="002F027F"/>
     <w:rsid w:val="002F1003"/>
     <w:rsid w:val="002F109B"/>
     <w:rsid w:val="002F18AB"/>
     <w:rsid w:val="002F2DCC"/>
     <w:rsid w:val="002F2EA8"/>
     <w:rsid w:val="002F39D6"/>
     <w:rsid w:val="002F3F4A"/>
     <w:rsid w:val="002F5190"/>
     <w:rsid w:val="002F56E1"/>
     <w:rsid w:val="002F6908"/>
     <w:rsid w:val="0030055F"/>
     <w:rsid w:val="0030057C"/>
     <w:rsid w:val="003006C0"/>
     <w:rsid w:val="003007DB"/>
     <w:rsid w:val="00300C25"/>
     <w:rsid w:val="00300C52"/>
     <w:rsid w:val="00301360"/>
     <w:rsid w:val="003017BB"/>
     <w:rsid w:val="00301862"/>
     <w:rsid w:val="003021CF"/>
     <w:rsid w:val="0030275B"/>
     <w:rsid w:val="00302EAD"/>
     <w:rsid w:val="00304BE0"/>
     <w:rsid w:val="00304CE9"/>
     <w:rsid w:val="0030582B"/>
     <w:rsid w:val="00305C9F"/>
     <w:rsid w:val="00306B73"/>
     <w:rsid w:val="00306D52"/>
     <w:rsid w:val="00306F92"/>
     <w:rsid w:val="00307557"/>
     <w:rsid w:val="003077D1"/>
     <w:rsid w:val="00307DBD"/>
     <w:rsid w:val="003100F7"/>
     <w:rsid w:val="003105D4"/>
     <w:rsid w:val="003122F4"/>
     <w:rsid w:val="003126BC"/>
     <w:rsid w:val="003131F7"/>
     <w:rsid w:val="003133BC"/>
     <w:rsid w:val="0031373E"/>
     <w:rsid w:val="00313807"/>
     <w:rsid w:val="00313982"/>
     <w:rsid w:val="00314479"/>
     <w:rsid w:val="003149AE"/>
     <w:rsid w:val="003155A1"/>
     <w:rsid w:val="00316443"/>
     <w:rsid w:val="00316AEB"/>
     <w:rsid w:val="00316B95"/>
     <w:rsid w:val="00316B9F"/>
-    <w:rsid w:val="003170D4"/>
     <w:rsid w:val="00317D0E"/>
     <w:rsid w:val="003201E1"/>
     <w:rsid w:val="0032086F"/>
     <w:rsid w:val="0032198C"/>
     <w:rsid w:val="003227DF"/>
     <w:rsid w:val="00322921"/>
     <w:rsid w:val="00323104"/>
     <w:rsid w:val="00324E3D"/>
     <w:rsid w:val="003256B3"/>
     <w:rsid w:val="003264E1"/>
     <w:rsid w:val="00327100"/>
     <w:rsid w:val="00327308"/>
     <w:rsid w:val="003309FC"/>
     <w:rsid w:val="00331668"/>
     <w:rsid w:val="00331A6A"/>
     <w:rsid w:val="00332DB7"/>
     <w:rsid w:val="00334D8D"/>
     <w:rsid w:val="00334FFC"/>
     <w:rsid w:val="003358F8"/>
     <w:rsid w:val="00336ECD"/>
     <w:rsid w:val="00337085"/>
     <w:rsid w:val="0033733E"/>
     <w:rsid w:val="00337413"/>
     <w:rsid w:val="00337761"/>
     <w:rsid w:val="00337D6A"/>
@@ -7215,132 +7199,135 @@
     <w:rsid w:val="00412D87"/>
     <w:rsid w:val="0041340C"/>
     <w:rsid w:val="00413B45"/>
     <w:rsid w:val="004150A0"/>
     <w:rsid w:val="00416C88"/>
     <w:rsid w:val="00416FC6"/>
     <w:rsid w:val="00417205"/>
     <w:rsid w:val="00420626"/>
     <w:rsid w:val="004213D2"/>
     <w:rsid w:val="00421A8D"/>
     <w:rsid w:val="004220A5"/>
     <w:rsid w:val="00422128"/>
     <w:rsid w:val="00422DD0"/>
     <w:rsid w:val="004231D5"/>
     <w:rsid w:val="00423875"/>
     <w:rsid w:val="00423AEF"/>
     <w:rsid w:val="0042421F"/>
     <w:rsid w:val="0042483D"/>
     <w:rsid w:val="004249EE"/>
     <w:rsid w:val="00425106"/>
     <w:rsid w:val="0042669D"/>
     <w:rsid w:val="00426A16"/>
     <w:rsid w:val="004270B4"/>
     <w:rsid w:val="00427FF1"/>
     <w:rsid w:val="00431003"/>
+    <w:rsid w:val="004313A2"/>
     <w:rsid w:val="00431DD1"/>
     <w:rsid w:val="004325BA"/>
     <w:rsid w:val="004337F4"/>
     <w:rsid w:val="0043382C"/>
     <w:rsid w:val="00433B1A"/>
     <w:rsid w:val="00433C80"/>
     <w:rsid w:val="00433DB2"/>
     <w:rsid w:val="0043452C"/>
     <w:rsid w:val="004351FC"/>
     <w:rsid w:val="00437084"/>
     <w:rsid w:val="00437465"/>
     <w:rsid w:val="00440438"/>
     <w:rsid w:val="00440612"/>
     <w:rsid w:val="0044134A"/>
     <w:rsid w:val="00441A25"/>
     <w:rsid w:val="00442794"/>
     <w:rsid w:val="00442B1E"/>
     <w:rsid w:val="00442CCE"/>
     <w:rsid w:val="004438B1"/>
     <w:rsid w:val="00443C56"/>
     <w:rsid w:val="00444738"/>
     <w:rsid w:val="00444D4D"/>
     <w:rsid w:val="004452EF"/>
     <w:rsid w:val="00445C17"/>
     <w:rsid w:val="00446014"/>
     <w:rsid w:val="00450263"/>
     <w:rsid w:val="004502A7"/>
     <w:rsid w:val="00450897"/>
     <w:rsid w:val="00450C73"/>
     <w:rsid w:val="00450CE8"/>
     <w:rsid w:val="00451456"/>
     <w:rsid w:val="00451682"/>
     <w:rsid w:val="004521E2"/>
     <w:rsid w:val="00453446"/>
+    <w:rsid w:val="004535A8"/>
     <w:rsid w:val="0045381C"/>
     <w:rsid w:val="00454382"/>
     <w:rsid w:val="00454991"/>
     <w:rsid w:val="00455DD6"/>
     <w:rsid w:val="004567B8"/>
     <w:rsid w:val="0046050E"/>
     <w:rsid w:val="00460949"/>
     <w:rsid w:val="004618DB"/>
     <w:rsid w:val="00463D76"/>
     <w:rsid w:val="00463F40"/>
     <w:rsid w:val="00464621"/>
     <w:rsid w:val="00466D10"/>
     <w:rsid w:val="00467091"/>
     <w:rsid w:val="0046796A"/>
     <w:rsid w:val="00467A3A"/>
     <w:rsid w:val="00470187"/>
     <w:rsid w:val="004704BB"/>
     <w:rsid w:val="00470A25"/>
     <w:rsid w:val="00470D7C"/>
     <w:rsid w:val="0047187D"/>
     <w:rsid w:val="00472859"/>
     <w:rsid w:val="004735C6"/>
     <w:rsid w:val="004735F7"/>
     <w:rsid w:val="00474AF7"/>
     <w:rsid w:val="00475175"/>
     <w:rsid w:val="00475EF6"/>
     <w:rsid w:val="004778AE"/>
     <w:rsid w:val="00477F6E"/>
     <w:rsid w:val="00482411"/>
     <w:rsid w:val="00482498"/>
     <w:rsid w:val="004838AB"/>
     <w:rsid w:val="00483D2A"/>
     <w:rsid w:val="00484D6C"/>
     <w:rsid w:val="00485CA8"/>
     <w:rsid w:val="004860DF"/>
     <w:rsid w:val="00486882"/>
     <w:rsid w:val="004870CD"/>
     <w:rsid w:val="0049004D"/>
     <w:rsid w:val="00490652"/>
     <w:rsid w:val="00491671"/>
     <w:rsid w:val="00491817"/>
     <w:rsid w:val="00492549"/>
     <w:rsid w:val="0049309B"/>
     <w:rsid w:val="00494017"/>
     <w:rsid w:val="004946A3"/>
     <w:rsid w:val="00494964"/>
     <w:rsid w:val="00495BAA"/>
     <w:rsid w:val="00495BCF"/>
+    <w:rsid w:val="00496036"/>
     <w:rsid w:val="0049647D"/>
     <w:rsid w:val="0049676C"/>
     <w:rsid w:val="00496948"/>
     <w:rsid w:val="00496BFE"/>
     <w:rsid w:val="00496F0D"/>
     <w:rsid w:val="00497F27"/>
     <w:rsid w:val="004A0693"/>
     <w:rsid w:val="004A069E"/>
     <w:rsid w:val="004A1A4F"/>
     <w:rsid w:val="004A1A51"/>
     <w:rsid w:val="004A1E12"/>
     <w:rsid w:val="004A28D1"/>
     <w:rsid w:val="004A2F59"/>
     <w:rsid w:val="004A427C"/>
     <w:rsid w:val="004A5EF7"/>
     <w:rsid w:val="004A7C01"/>
     <w:rsid w:val="004A7E67"/>
     <w:rsid w:val="004B0007"/>
     <w:rsid w:val="004B0BE3"/>
     <w:rsid w:val="004B0CE9"/>
     <w:rsid w:val="004B0D71"/>
     <w:rsid w:val="004B133B"/>
     <w:rsid w:val="004B1AF4"/>
     <w:rsid w:val="004B254A"/>
     <w:rsid w:val="004B49D1"/>
@@ -7368,50 +7355,51 @@
     <w:rsid w:val="004C7D8D"/>
     <w:rsid w:val="004D0415"/>
     <w:rsid w:val="004D103D"/>
     <w:rsid w:val="004D15FD"/>
     <w:rsid w:val="004D21A9"/>
     <w:rsid w:val="004D261A"/>
     <w:rsid w:val="004D5245"/>
     <w:rsid w:val="004D58EC"/>
     <w:rsid w:val="004D5EEA"/>
     <w:rsid w:val="004D631E"/>
     <w:rsid w:val="004D69CE"/>
     <w:rsid w:val="004D7238"/>
     <w:rsid w:val="004D7451"/>
     <w:rsid w:val="004D7876"/>
     <w:rsid w:val="004D78AF"/>
     <w:rsid w:val="004E0870"/>
     <w:rsid w:val="004E0903"/>
     <w:rsid w:val="004E0A15"/>
     <w:rsid w:val="004E1D0A"/>
     <w:rsid w:val="004E1EDF"/>
     <w:rsid w:val="004E2F84"/>
     <w:rsid w:val="004E33C5"/>
     <w:rsid w:val="004E3D72"/>
     <w:rsid w:val="004E4501"/>
     <w:rsid w:val="004E4BB4"/>
+    <w:rsid w:val="004E6EDD"/>
     <w:rsid w:val="004E6FC1"/>
     <w:rsid w:val="004E70E4"/>
     <w:rsid w:val="004F08C5"/>
     <w:rsid w:val="004F093A"/>
     <w:rsid w:val="004F0BDC"/>
     <w:rsid w:val="004F0E15"/>
     <w:rsid w:val="004F25F0"/>
     <w:rsid w:val="004F29C7"/>
     <w:rsid w:val="004F354D"/>
     <w:rsid w:val="004F35D0"/>
     <w:rsid w:val="004F3B2E"/>
     <w:rsid w:val="004F4ED6"/>
     <w:rsid w:val="004F5B00"/>
     <w:rsid w:val="004F60F3"/>
     <w:rsid w:val="004F61BA"/>
     <w:rsid w:val="004F7580"/>
     <w:rsid w:val="004F76CC"/>
     <w:rsid w:val="004F7EC9"/>
     <w:rsid w:val="00500CBE"/>
     <w:rsid w:val="00501053"/>
     <w:rsid w:val="005028F2"/>
     <w:rsid w:val="00503EB3"/>
     <w:rsid w:val="005043A7"/>
     <w:rsid w:val="005046CB"/>
     <w:rsid w:val="005052D3"/>
@@ -7425,50 +7413,51 @@
     <w:rsid w:val="0051448E"/>
     <w:rsid w:val="00514919"/>
     <w:rsid w:val="00514BAD"/>
     <w:rsid w:val="00515E1E"/>
     <w:rsid w:val="00516AED"/>
     <w:rsid w:val="00516B20"/>
     <w:rsid w:val="0051711B"/>
     <w:rsid w:val="005177D9"/>
     <w:rsid w:val="00520B04"/>
     <w:rsid w:val="00521C39"/>
     <w:rsid w:val="00521EB0"/>
     <w:rsid w:val="005238E9"/>
     <w:rsid w:val="00523969"/>
     <w:rsid w:val="00523B6A"/>
     <w:rsid w:val="0052452A"/>
     <w:rsid w:val="0052492E"/>
     <w:rsid w:val="00524F26"/>
     <w:rsid w:val="005259E4"/>
     <w:rsid w:val="00525A24"/>
     <w:rsid w:val="0052655E"/>
     <w:rsid w:val="00526FD0"/>
     <w:rsid w:val="005274B6"/>
     <w:rsid w:val="00527F06"/>
     <w:rsid w:val="00530D3E"/>
     <w:rsid w:val="005310B5"/>
+    <w:rsid w:val="00531D2D"/>
     <w:rsid w:val="00532B9A"/>
     <w:rsid w:val="00535973"/>
     <w:rsid w:val="00535CD1"/>
     <w:rsid w:val="0053683A"/>
     <w:rsid w:val="00536BB0"/>
     <w:rsid w:val="005408F0"/>
     <w:rsid w:val="005429B6"/>
     <w:rsid w:val="00543299"/>
     <w:rsid w:val="00543DDD"/>
     <w:rsid w:val="00544AC4"/>
     <w:rsid w:val="00546020"/>
     <w:rsid w:val="005461B6"/>
     <w:rsid w:val="005461E6"/>
     <w:rsid w:val="00547959"/>
     <w:rsid w:val="005504D2"/>
     <w:rsid w:val="00551BB6"/>
     <w:rsid w:val="00551FA3"/>
     <w:rsid w:val="005520D1"/>
     <w:rsid w:val="005526FA"/>
     <w:rsid w:val="00553A90"/>
     <w:rsid w:val="0055423E"/>
     <w:rsid w:val="0055431F"/>
     <w:rsid w:val="00554729"/>
     <w:rsid w:val="00554897"/>
     <w:rsid w:val="0055505D"/>
@@ -7485,51 +7474,50 @@
     <w:rsid w:val="00562284"/>
     <w:rsid w:val="0056353A"/>
     <w:rsid w:val="0056382C"/>
     <w:rsid w:val="00563896"/>
     <w:rsid w:val="00564CF6"/>
     <w:rsid w:val="00564E3E"/>
     <w:rsid w:val="00565BE7"/>
     <w:rsid w:val="00566417"/>
     <w:rsid w:val="00566E7D"/>
     <w:rsid w:val="0056723C"/>
     <w:rsid w:val="005676C6"/>
     <w:rsid w:val="005677CA"/>
     <w:rsid w:val="0056782E"/>
     <w:rsid w:val="00571F60"/>
     <w:rsid w:val="00572428"/>
     <w:rsid w:val="00572611"/>
     <w:rsid w:val="00572BC9"/>
     <w:rsid w:val="00573FAD"/>
     <w:rsid w:val="00574F4C"/>
     <w:rsid w:val="005753A1"/>
     <w:rsid w:val="00575626"/>
     <w:rsid w:val="005767D3"/>
     <w:rsid w:val="005773AE"/>
     <w:rsid w:val="005774DD"/>
     <w:rsid w:val="0057786E"/>
-    <w:rsid w:val="00577E80"/>
     <w:rsid w:val="00582020"/>
     <w:rsid w:val="00582036"/>
     <w:rsid w:val="00582079"/>
     <w:rsid w:val="0058247B"/>
     <w:rsid w:val="0058257B"/>
     <w:rsid w:val="00583BA3"/>
     <w:rsid w:val="00583BE7"/>
     <w:rsid w:val="00583F05"/>
     <w:rsid w:val="005848E4"/>
     <w:rsid w:val="00585A0A"/>
     <w:rsid w:val="00585BA8"/>
     <w:rsid w:val="0058640F"/>
     <w:rsid w:val="00586543"/>
     <w:rsid w:val="00586672"/>
     <w:rsid w:val="00586B51"/>
     <w:rsid w:val="00586EA6"/>
     <w:rsid w:val="005870CA"/>
     <w:rsid w:val="00587995"/>
     <w:rsid w:val="00591C8B"/>
     <w:rsid w:val="00591FCC"/>
     <w:rsid w:val="005920A6"/>
     <w:rsid w:val="005921D6"/>
     <w:rsid w:val="005921ED"/>
     <w:rsid w:val="0059306C"/>
     <w:rsid w:val="005945AF"/>
@@ -7622,51 +7610,50 @@
     <w:rsid w:val="005F5149"/>
     <w:rsid w:val="005F67E8"/>
     <w:rsid w:val="005F7EDA"/>
     <w:rsid w:val="00600D0D"/>
     <w:rsid w:val="0060109B"/>
     <w:rsid w:val="0060198E"/>
     <w:rsid w:val="00601B12"/>
     <w:rsid w:val="00601C86"/>
     <w:rsid w:val="00602186"/>
     <w:rsid w:val="006031F4"/>
     <w:rsid w:val="00603F68"/>
     <w:rsid w:val="00603F90"/>
     <w:rsid w:val="00603FE1"/>
     <w:rsid w:val="00604064"/>
     <w:rsid w:val="00604287"/>
     <w:rsid w:val="00604C65"/>
     <w:rsid w:val="00605407"/>
     <w:rsid w:val="00605B7E"/>
     <w:rsid w:val="00605EE4"/>
     <w:rsid w:val="00607017"/>
     <w:rsid w:val="0060746A"/>
     <w:rsid w:val="00607E5B"/>
     <w:rsid w:val="0061004A"/>
     <w:rsid w:val="00610329"/>
     <w:rsid w:val="006119B5"/>
-    <w:rsid w:val="006139F4"/>
     <w:rsid w:val="00613C4E"/>
     <w:rsid w:val="006145E4"/>
     <w:rsid w:val="006148EA"/>
     <w:rsid w:val="006149BD"/>
     <w:rsid w:val="006149EF"/>
     <w:rsid w:val="00614C50"/>
     <w:rsid w:val="00616E21"/>
     <w:rsid w:val="00617A02"/>
     <w:rsid w:val="00617F8C"/>
     <w:rsid w:val="00620C78"/>
     <w:rsid w:val="00620DB3"/>
     <w:rsid w:val="0062218B"/>
     <w:rsid w:val="006222F4"/>
     <w:rsid w:val="0062254F"/>
     <w:rsid w:val="00622702"/>
     <w:rsid w:val="00622D62"/>
     <w:rsid w:val="006236C3"/>
     <w:rsid w:val="00623AC7"/>
     <w:rsid w:val="006241A2"/>
     <w:rsid w:val="006253B3"/>
     <w:rsid w:val="0062557E"/>
     <w:rsid w:val="00625E31"/>
     <w:rsid w:val="006264F5"/>
     <w:rsid w:val="0062691D"/>
     <w:rsid w:val="00630123"/>
@@ -8891,50 +8878,51 @@
     <w:rsid w:val="00C03D11"/>
     <w:rsid w:val="00C04263"/>
     <w:rsid w:val="00C047E8"/>
     <w:rsid w:val="00C05432"/>
     <w:rsid w:val="00C05878"/>
     <w:rsid w:val="00C05E49"/>
     <w:rsid w:val="00C06091"/>
     <w:rsid w:val="00C06DAC"/>
     <w:rsid w:val="00C07250"/>
     <w:rsid w:val="00C075B3"/>
     <w:rsid w:val="00C075EE"/>
     <w:rsid w:val="00C10F11"/>
     <w:rsid w:val="00C11F1D"/>
     <w:rsid w:val="00C12227"/>
     <w:rsid w:val="00C12643"/>
     <w:rsid w:val="00C12A48"/>
     <w:rsid w:val="00C12AA5"/>
     <w:rsid w:val="00C12C12"/>
     <w:rsid w:val="00C13E30"/>
     <w:rsid w:val="00C15E3A"/>
     <w:rsid w:val="00C16814"/>
     <w:rsid w:val="00C16DA3"/>
     <w:rsid w:val="00C17B1A"/>
     <w:rsid w:val="00C21368"/>
     <w:rsid w:val="00C21369"/>
+    <w:rsid w:val="00C228A1"/>
     <w:rsid w:val="00C241C9"/>
     <w:rsid w:val="00C25145"/>
     <w:rsid w:val="00C252CB"/>
     <w:rsid w:val="00C25A2F"/>
     <w:rsid w:val="00C25DFA"/>
     <w:rsid w:val="00C2678B"/>
     <w:rsid w:val="00C26D9C"/>
     <w:rsid w:val="00C27E7F"/>
     <w:rsid w:val="00C31527"/>
     <w:rsid w:val="00C3186C"/>
     <w:rsid w:val="00C3246A"/>
     <w:rsid w:val="00C33908"/>
     <w:rsid w:val="00C354E0"/>
     <w:rsid w:val="00C35C2F"/>
     <w:rsid w:val="00C367CF"/>
     <w:rsid w:val="00C4052F"/>
     <w:rsid w:val="00C40810"/>
     <w:rsid w:val="00C409B5"/>
     <w:rsid w:val="00C40AF0"/>
     <w:rsid w:val="00C4107C"/>
     <w:rsid w:val="00C417E4"/>
     <w:rsid w:val="00C41D2B"/>
     <w:rsid w:val="00C4275C"/>
     <w:rsid w:val="00C42FD8"/>
     <w:rsid w:val="00C42FF6"/>
@@ -9006,50 +8994,51 @@
     <w:rsid w:val="00C8008D"/>
     <w:rsid w:val="00C80256"/>
     <w:rsid w:val="00C80832"/>
     <w:rsid w:val="00C80C40"/>
     <w:rsid w:val="00C81BC4"/>
     <w:rsid w:val="00C82717"/>
     <w:rsid w:val="00C842D6"/>
     <w:rsid w:val="00C84B94"/>
     <w:rsid w:val="00C850D5"/>
     <w:rsid w:val="00C878C4"/>
     <w:rsid w:val="00C907D9"/>
     <w:rsid w:val="00C918B1"/>
     <w:rsid w:val="00C91A9D"/>
     <w:rsid w:val="00C91D4E"/>
     <w:rsid w:val="00C9211E"/>
     <w:rsid w:val="00C921EF"/>
     <w:rsid w:val="00C930EE"/>
     <w:rsid w:val="00C93F79"/>
     <w:rsid w:val="00C9449E"/>
     <w:rsid w:val="00C945F3"/>
     <w:rsid w:val="00C94762"/>
     <w:rsid w:val="00C9533D"/>
     <w:rsid w:val="00C9567B"/>
     <w:rsid w:val="00C9646D"/>
     <w:rsid w:val="00C964FC"/>
+    <w:rsid w:val="00C967FA"/>
     <w:rsid w:val="00C97A62"/>
     <w:rsid w:val="00C97B50"/>
     <w:rsid w:val="00C97BDA"/>
     <w:rsid w:val="00CA0315"/>
     <w:rsid w:val="00CA049E"/>
     <w:rsid w:val="00CA05BA"/>
     <w:rsid w:val="00CA0D20"/>
     <w:rsid w:val="00CA1BEA"/>
     <w:rsid w:val="00CA205F"/>
     <w:rsid w:val="00CA20B8"/>
     <w:rsid w:val="00CA2C00"/>
     <w:rsid w:val="00CA2E53"/>
     <w:rsid w:val="00CA3305"/>
     <w:rsid w:val="00CA347A"/>
     <w:rsid w:val="00CA3920"/>
     <w:rsid w:val="00CA4F5B"/>
     <w:rsid w:val="00CA58E7"/>
     <w:rsid w:val="00CA59AB"/>
     <w:rsid w:val="00CA5A99"/>
     <w:rsid w:val="00CA5C2E"/>
     <w:rsid w:val="00CA608B"/>
     <w:rsid w:val="00CA6B75"/>
     <w:rsid w:val="00CA7BC2"/>
     <w:rsid w:val="00CB0355"/>
     <w:rsid w:val="00CB0FA1"/>
@@ -9078,73 +9067,75 @@
     <w:rsid w:val="00CD06D8"/>
     <w:rsid w:val="00CD0764"/>
     <w:rsid w:val="00CD1F86"/>
     <w:rsid w:val="00CD22FE"/>
     <w:rsid w:val="00CD2538"/>
     <w:rsid w:val="00CD2DEF"/>
     <w:rsid w:val="00CD32EB"/>
     <w:rsid w:val="00CD4BAC"/>
     <w:rsid w:val="00CD5788"/>
     <w:rsid w:val="00CD59B3"/>
     <w:rsid w:val="00CD5D18"/>
     <w:rsid w:val="00CD6CB0"/>
     <w:rsid w:val="00CD757D"/>
     <w:rsid w:val="00CD7596"/>
     <w:rsid w:val="00CD7EBD"/>
     <w:rsid w:val="00CE086D"/>
     <w:rsid w:val="00CE1145"/>
     <w:rsid w:val="00CE1EB0"/>
     <w:rsid w:val="00CE2012"/>
     <w:rsid w:val="00CE2DE3"/>
     <w:rsid w:val="00CE4224"/>
     <w:rsid w:val="00CE46CD"/>
     <w:rsid w:val="00CE4AEC"/>
     <w:rsid w:val="00CE5DA0"/>
     <w:rsid w:val="00CE5E45"/>
+    <w:rsid w:val="00CE6D32"/>
     <w:rsid w:val="00CE7CDA"/>
     <w:rsid w:val="00CE7DD6"/>
     <w:rsid w:val="00CF02E3"/>
     <w:rsid w:val="00CF08DF"/>
     <w:rsid w:val="00CF09C0"/>
     <w:rsid w:val="00CF135B"/>
     <w:rsid w:val="00CF159B"/>
     <w:rsid w:val="00CF19FD"/>
     <w:rsid w:val="00CF223F"/>
     <w:rsid w:val="00CF32FB"/>
     <w:rsid w:val="00CF45A1"/>
     <w:rsid w:val="00CF4872"/>
     <w:rsid w:val="00CF499B"/>
     <w:rsid w:val="00CF4A49"/>
     <w:rsid w:val="00CF5554"/>
     <w:rsid w:val="00CF57BE"/>
     <w:rsid w:val="00CF57DD"/>
     <w:rsid w:val="00CF5DEC"/>
     <w:rsid w:val="00CF6287"/>
     <w:rsid w:val="00CF6426"/>
     <w:rsid w:val="00CF662D"/>
     <w:rsid w:val="00CF7605"/>
     <w:rsid w:val="00CF79D2"/>
+    <w:rsid w:val="00CF7A71"/>
     <w:rsid w:val="00D0052C"/>
     <w:rsid w:val="00D00543"/>
     <w:rsid w:val="00D00A47"/>
     <w:rsid w:val="00D01A30"/>
     <w:rsid w:val="00D01B2E"/>
     <w:rsid w:val="00D01D4C"/>
     <w:rsid w:val="00D01D7B"/>
     <w:rsid w:val="00D02138"/>
     <w:rsid w:val="00D02D82"/>
     <w:rsid w:val="00D03ED8"/>
     <w:rsid w:val="00D04371"/>
     <w:rsid w:val="00D04FA9"/>
     <w:rsid w:val="00D0607F"/>
     <w:rsid w:val="00D062AF"/>
     <w:rsid w:val="00D062CF"/>
     <w:rsid w:val="00D06B03"/>
     <w:rsid w:val="00D06E03"/>
     <w:rsid w:val="00D07DCB"/>
     <w:rsid w:val="00D12D17"/>
     <w:rsid w:val="00D133CC"/>
     <w:rsid w:val="00D13BCA"/>
     <w:rsid w:val="00D13E4B"/>
     <w:rsid w:val="00D141D4"/>
     <w:rsid w:val="00D1451A"/>
     <w:rsid w:val="00D14B6C"/>
@@ -9214,50 +9205,51 @@
     <w:rsid w:val="00D60B4E"/>
     <w:rsid w:val="00D60ED4"/>
     <w:rsid w:val="00D610BB"/>
     <w:rsid w:val="00D61125"/>
     <w:rsid w:val="00D6308B"/>
     <w:rsid w:val="00D6558E"/>
     <w:rsid w:val="00D6599C"/>
     <w:rsid w:val="00D65B19"/>
     <w:rsid w:val="00D67BF9"/>
     <w:rsid w:val="00D709CE"/>
     <w:rsid w:val="00D71890"/>
     <w:rsid w:val="00D72A32"/>
     <w:rsid w:val="00D7342D"/>
     <w:rsid w:val="00D73ECB"/>
     <w:rsid w:val="00D74D47"/>
     <w:rsid w:val="00D751D4"/>
     <w:rsid w:val="00D75C7B"/>
     <w:rsid w:val="00D75E55"/>
     <w:rsid w:val="00D7643D"/>
     <w:rsid w:val="00D76904"/>
     <w:rsid w:val="00D77BEF"/>
     <w:rsid w:val="00D77FB6"/>
     <w:rsid w:val="00D8042B"/>
     <w:rsid w:val="00D80C07"/>
     <w:rsid w:val="00D81054"/>
+    <w:rsid w:val="00D816BD"/>
     <w:rsid w:val="00D82672"/>
     <w:rsid w:val="00D8308B"/>
     <w:rsid w:val="00D838ED"/>
     <w:rsid w:val="00D84FF8"/>
     <w:rsid w:val="00D854BC"/>
     <w:rsid w:val="00D857E7"/>
     <w:rsid w:val="00D85A8A"/>
     <w:rsid w:val="00D871D1"/>
     <w:rsid w:val="00D8779D"/>
     <w:rsid w:val="00D87898"/>
     <w:rsid w:val="00D90508"/>
     <w:rsid w:val="00D90DB8"/>
     <w:rsid w:val="00D91069"/>
     <w:rsid w:val="00D92269"/>
     <w:rsid w:val="00D92699"/>
     <w:rsid w:val="00D94135"/>
     <w:rsid w:val="00D94509"/>
     <w:rsid w:val="00D9516B"/>
     <w:rsid w:val="00D95774"/>
     <w:rsid w:val="00D95B0E"/>
     <w:rsid w:val="00D95C6B"/>
     <w:rsid w:val="00D969C5"/>
     <w:rsid w:val="00D969F1"/>
     <w:rsid w:val="00DA153A"/>
     <w:rsid w:val="00DA21B6"/>
@@ -11286,50 +11278,76 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumenttitelMemo">
     <w:name w:val="Documenttitel_Memo"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:rsid w:val="00495BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="1343"/>
         <w:tab w:val="left" w:pos="1417"/>
       </w:tabs>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:line="283" w:lineRule="exact"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="DejaVu Sans" w:cs="Lohit Hindi"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML-voorafopgemaakt">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="HTML-voorafopgemaaktChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D816BD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML-voorafopgemaaktChar">
+    <w:name w:val="HTML - vooraf opgemaakt Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="HTML-voorafopgemaakt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D816BD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="27874209">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="71896997">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -11680,50 +11698,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1218319848">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1247610365">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1340735591">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1371031809">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -12407,50 +12438,63 @@
                                   <w:marLeft w:val="0"/>
                                   <w:marRight w:val="0"/>
                                   <w:marTop w:val="0"/>
                                   <w:marBottom w:val="0"/>
                                   <w:divBdr>
                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="2078823418">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2107922087">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
@@ -12724,80 +12768,80 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>5</ap:Pages>
-  <ap:Words>1342</ap:Words>
-  <ap:Characters>7381</ap:Characters>
+  <ap:Words>1343</ap:Words>
+  <ap:Characters>7390</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:Lines>61</ap:Lines>
   <ap:Paragraphs>17</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="2">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>8706</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>8716</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2025-10-29T12:40:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E0DB64C448AC794385BA4FC3787B1D3A</vt:lpwstr>