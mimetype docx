--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -1,2449 +1,1321 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00340ECA" w:rsidP="00504255" w:rsidRDefault="00340ECA" w14:paraId="58CEB715" w14:textId="77777777"/>
-[...7 lines deleted...]
-      <w:r>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="007E3E52" w:rsidP="007E3E52" w:rsidRDefault="007C7B0E" w14:paraId="756909C8" w14:textId="4E5A003E">
+      <w:pPr>
+        <w:ind w:left="1416" w:hanging="1416"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>22112</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E3E52" w:rsidR="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Nieuwe Commissievoorstellen en initiatieven van de lidstaten van de Europese Unie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="007E3E52" w:rsidRDefault="00A249CF" w14:paraId="610B0F7D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>33037</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E3E52" w:rsidR="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007E3E52" w:rsidR="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Mestbeleid</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="007E3E52" w:rsidP="007E3E52" w:rsidRDefault="007E3E52" w14:paraId="18362FEC" w14:textId="467FA976">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1410" w:hanging="1410"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>4200</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Brief van de minister van Landbouw, Visserij, Voedselzekerheid en Natuur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="007E3E52" w:rsidP="007E3E52" w:rsidRDefault="007E3E52" w14:paraId="36677BE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1410" w:hanging="1410"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="007E3E52" w:rsidP="007E3E52" w:rsidRDefault="007E3E52" w14:paraId="2CA41F1F" w14:textId="33253B7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1410" w:hanging="1410"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Aan de Voorzitter van de Tweede Kamer der Staten-Generaal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="007E3E52" w:rsidP="007E3E52" w:rsidRDefault="007E3E52" w14:paraId="3B3674A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1410" w:hanging="1410"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="007E3E52" w:rsidP="007E3E52" w:rsidRDefault="007E3E52" w14:paraId="47CA521E" w14:textId="738F40F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1410" w:hanging="1410"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Den Haag, 7 november 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="00DD2545" w14:paraId="214E0A86" w14:textId="40041CA1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007E3E52" w:rsidR="005119DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">Op 19 september jl. heb ik uw Kamer geïnformeerd over het Europese </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52" w:rsidR="005119DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52" w:rsidR="005119DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>-voorstel en de positieve uitslag van de stemming in het Nitraatcomité</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52" w:rsidR="005119DA">
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52" w:rsidR="005119DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">. Daarbij heb ik aangegeven dat het voorstel nog wordt voorgelegd aan de Raad en het Europees Parlement en dat dit nog zo’n drie maanden in beslag neemt. Ook worden de benodigde aanpassingen in de Nederlandse regelgeving voorbereid zodat, na de definitieve Europese goedkeuring en publicatie van het </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52" w:rsidR="005119DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52" w:rsidR="005119DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">-voorstel, zo spoedig mogelijk de implementatie in Nederland kan plaatsvinden. In deze brief informeer ik u over de op 10 november te starten internetconsultatie van het voorstel voor wijziging van de Uitvoeringsregeling Meststoffenwet in verband met het onder voorwaarden toestaan van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52" w:rsidR="005119DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52" w:rsidR="005119DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> boven de gebruiksnorm van dierlijke mest (hierna: de wijzigingsregeling). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025721D" w:rsidP="00504255" w:rsidRDefault="0025721D" w14:paraId="3F73A119" w14:textId="77777777"/>
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="49F6710C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="0E5BC64F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Definitief </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Definitief Europees voorstel voor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Europees voorstel voor </w:t>
+        <w:t>Renure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="71D37C38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Het Commissievoorstel dat op 19 september jl. is goedgekeurd door het Nitraatcomité maakt het mogelijk dat jaarlijks tot maximaal 80 kilogram stikstof per hectare aanvullend op de 170 kilogram stikstof per hectare dierlijke mest mag worden aangewend, afkomstig uit enkele </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D37C6F">
-[...2 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Het Commissievoorstel dat op 19 september jl. is goedgekeurd door het Nitraatcomité maakt het mogelijk dat jaarlijks tot maximaal 80 kilogram stikstof per hectare aanvullend op de 170 kilogram stikstof per hectare dierlijke mest mag worden aangewend, afkomstig uit enkele </w:t>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-producten. De </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve">-producten. De </w:t>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-producten betreffen mineralenconcentraat verkregen uit omgekeerde osmose, ammoniumzouten afkomstig uit bijvoorbeeld stallucht en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>struviet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uit dierlijke mest. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="59516109" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="2204774E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In het Europese voorstel wordt een aantal voorwaarden gesteld aan implementatie in de lidstaten. Lidstaten zijn niet verplicht </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...21 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> te implementeren, maar bij implementatie moet aan een aantal voorwaarden worden voldaan. Een aantal voorwaarden is in Nederland al gereguleerd en vergt daarom geen aanvullende aanpassingen in nationale regelgeving. Het gaat daarbij om de volgende voorwaarden:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025721D" w:rsidP="00504255" w:rsidRDefault="0025721D" w14:paraId="5C8607F6" w14:textId="20DA4C27">
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="2061A76E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">het aantal dieren en de mestproductie niet mag toenemen bij implementatie van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">. Hieraan wordt in Nederland onder andere voldaan door regulering met productierechten en mestproductieplafonds in de Meststoffenwet; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025721D" w:rsidP="00504255" w:rsidRDefault="0025721D" w14:paraId="1CEC5C0F" w14:textId="5C03964F">
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="5D60F45C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> moet emissiearm worden aangewend. In de Nederlandse regelgeving is dit reeds verplicht voor </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">, omdat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> een product is van dierlijke mest en derhalve op grond van artikel 4.1199 van het Besluit activiteiten leefomgeving emissiearm moet worden aangewend;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025721D" w:rsidP="00504255" w:rsidRDefault="0025721D" w14:paraId="3294704F" w14:textId="7B6149B9">
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="6B8B5F9C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>er moet een goede landbouwpraktijk worden toegepast. Hieraan wordt invulling gegeven door verplichtingen met betrekking tot de aanwending van dierlijke mest (onder andere beperkingen in uitrijdperiodes) en bouwplanmaatregelen zoals het telen van vanggewassen;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025721D" w:rsidP="00504255" w:rsidRDefault="0025721D" w14:paraId="03A55DC5" w14:textId="04EF48A1">
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="5CDFDCFB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> moet worden voorzien van een etiket met daarbij vermeld de gehaltes van stikstof en fosfaat. Dit komt overeen met de reeds bestaande verplichtingen voor transport van dierlijke mest die ook van toepassing zijn op </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025721D" w:rsidP="00504255" w:rsidRDefault="0025721D" w14:paraId="7A0B0496" w14:textId="70D3C795">
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="132D6606" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">de emissies uit de opslag van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> moet worden beperkt. In Nederland zijn via het Besluit activiteiten leefomgeving reeds verplichtingen gesteld waarmee de emissies uit dierlijke mest worden beperkt. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025721D" w:rsidP="00504255" w:rsidRDefault="0025721D" w14:paraId="13BBED46" w14:textId="77777777"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="4FAFA9AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="210D4637" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">Daarnaast wordt in het Europese voorstel een aantal eisen gesteld aan de kwaliteit en veiligheid van de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-producten. Zo worden eisen gesteld aan de maximale hoeveelheid koper en zink en worden voor de aanwezigheid van pathogenen criteria gesteld. Ook zijn er administratie- en registratievoorschriften. Deze voorschriften worden geïmplementeerd in de wijzigingsregeling die nu voor internetconsultatie wordt voorgelegd. Gedurende vier weken heeft eenieder daardoor de gelegenheid te reageren op de wijzigingsregeling. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="154B62D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="081B375C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D37C6F">
-        <w:rPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Nationale implementatie </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D37C6F">
-        <w:rPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="0025721D" w:rsidP="00504255" w:rsidRDefault="0025721D" w14:paraId="3B1BD015" w14:textId="77777777">
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="17277DD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">In de wijzigingsregeling zijn bovengenoemde eisen nader ingevuld, zodat hiermee een goed geborgde systematiek wordt uitgerold. In de wijzigingsregeling worden hiertoe eisen gesteld ten aanzien van de registratie van de producenten van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. Dit kunnen mestverwerkers zijn, maar ook de individuele agrariër die </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> produceert kan zich laten registreren. De productstromen moeten worden bemonsterd en geanalyseerd en de hoeveelheden geproduceerde </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">-producten moeten worden bijgehouden. Ten slotte moet </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> worden verantwoord in de mestboekhouding.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00504255" w:rsidP="00504255" w:rsidRDefault="00504255" w14:paraId="24B62018" w14:textId="77777777">
-[...28 lines deleted...]
-        <w:t>in nauwe samenwerking met enkele sectorpartijen (</w:t>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="61129A02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="21AB2BD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>In de afgelopen jaren is in nauwe samenwerking met enkele sectorpartijen (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A5C7B">
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Cumela</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A5C7B">
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">, LTO en POV), het Nederlands Centrum voor </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A5C7B">
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Mestverwaarding</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A5C7B">
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> en KIWA een certificeringsschema opgesteld (genaamd RENUGARANT) waarmee </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A5C7B">
-[...9 lines deleted...]
-        <w:t>enure</w:t>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A5C7B">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Dit kwaliteitssysteem is opgesteld in samenwerking met het ministerie van LVVN, NVWA en RVO. Het kwaliteitssysteem is verregaand gereed om te kunnen toepassen voor het toezicht op de toepassing van </w:t>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-producenten kunnen aantonen te voldoen aan de kwaliteitseisen. Dit kwaliteitssysteem is opgesteld in samenwerking met het ministerie van LVVN, NVWA en RVO. Het kwaliteitssysteem is verregaand gereed om te kunnen toepassen voor het toezicht op de toepassing van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. Om certificering te kunnen verplichten is een grondslag nodig in de Meststoffenwet. Mijn voornemen is om, zodra die grondslag is gerealiseerd, alle producenten van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> te verplichten gecertificeerd te zijn, zodat te zijner tijd via een certificeringsschema alle registratie-, bemonsterings- en analyseresultaten kunnen worden gecontroleerd. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00504255" w:rsidP="00504255" w:rsidRDefault="00504255" w14:paraId="78B00E9F" w14:textId="77777777">
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="3EBD031C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025721D" w:rsidP="00504255" w:rsidRDefault="0025721D" w14:paraId="71541E95" w14:textId="471E83B8">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">de implementatie van </w:t>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="742D319E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Omdat verplichte certificering op grond van de Meststoffenwet vooralsnog niet mogelijk is en ik de implementatie van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...45 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> toch spoedig wil laten verlopen, wordt tijdelijk een registratie-, bemonstering en analyseverplichting voorzien waarbij de producent deze informatie moet aanleveren bij RVO. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="04D5828C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="0DFDE9FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">In de wijzigingsregeling is opgenomen dat een aantal verplichtingen die wel voor geregistreerde producenten geldt niet van toepassing is voor producenten van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Renure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> die zich nu reeds vrijwillig laten certificeren op grond van het certificeringsschema RENUGARANT. De nakoming van die verplichtingen is via de certificering geborgd. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00504255" w:rsidP="00504255" w:rsidRDefault="00504255" w14:paraId="4D14D7DF" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="61063A11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0025721D" w:rsidP="00504255" w:rsidRDefault="0025721D" w14:paraId="2A3FDBBB" w14:textId="3CEF8D84">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="46EE8FFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00062B97">
-        <w:rPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vervolg</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00062B97" w:rsidR="0025721D" w:rsidP="00504255" w:rsidRDefault="0025721D" w14:paraId="6EDD6734" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="4916D9BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Het streven is om de wijzigingsregeling in te laten gaan zo snel mogelijk nadat de door de Commissie voorgestelde aanpassing van de Nitraatrichtlijn in werking treedt. De Europese Commissie wordt daarbij op grond van de verplichting vanuit het Europese </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Renure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-voorstel geïnformeerd over deze implementatie in Nederland. Daarnaast ben ik in gesprek met de sector om ervoor te zorgen dat de implementatie in Nederland voorspoedig kan verlopen. De ervaringen die we hebben opgedaan met de pilot mineralenconcentraat van de afgelopen tijd zullen hierbij worden betrokken, maar ook zal ik met alle betrokken partijen verkennen hoe de opschaling van </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Renure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Nederland kan worden versneld.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="0CAC1908" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="68CADE3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="007E3E52" w14:paraId="6EED9271" w14:textId="58FFF578">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Het streven is om de wijzigingsregeling in te laten gaan zo snel mogelijk nadat de door de Commissie voorgestelde aanpassing van de Nitraatrichtlijn in werking treedt. De Europese Commissie wordt daarbij op grond van de verplichting vanuit het Europese </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>De m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E3E52" w:rsidR="005119DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>inister van Landbouw, Visserij, Voedselkwaliteit en Natuur</w:t>
+      </w:r>
       <w:r>
-        <w:t>Renure</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="007E3E52" w:rsidP="007E3E52" w:rsidRDefault="007E3E52" w14:paraId="0C5021BF" w14:textId="4732CB8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">-voorstel geïnformeerd over deze implementatie in Nederland. Daarnaast ben ik in gesprek met de sector om ervoor te zorgen dat de implementatie in Nederland voorspoedig kan verlopen. De ervaringen die we hebben opgedaan met de pilot mineralenconcentraat van de afgelopen tijd zullen hierbij worden betrokken, maar ook zal ik met alle betrokken partijen verkennen hoe de opschaling van </w:t>
-[...51 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>F.M.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E3E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wiersma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="007E3E52" w:rsidP="005119DA" w:rsidRDefault="007E3E52" w14:paraId="2D540BA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="2B17DD75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="4D979444" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="4B1FC879" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="1D5AA6A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="39B7D5DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="5C947BE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="4761B64A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="005119DA" w:rsidP="005119DA" w:rsidRDefault="005119DA" w14:paraId="0A9B1445" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007E3E52" w:rsidR="00F80165" w:rsidP="005119DA" w:rsidRDefault="00F80165" w14:paraId="7A65574E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidRPr="007E3E52" w:rsidR="00F80165" w:rsidSect="005119DA">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2398" w:right="2818" w:bottom="1077" w:left="1559" w:header="2398" w:footer="561" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E5F6D87" w14:textId="77777777" w:rsidR="00A2231B" w:rsidRDefault="00A2231B">
+    <w:p w14:paraId="3EEE70D5" w14:textId="77777777" w:rsidR="005119DA" w:rsidRDefault="005119DA" w:rsidP="005119DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF9A8EF" w14:textId="77777777" w:rsidR="00A2231B" w:rsidRDefault="00A2231B"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BB4A089" w14:textId="77777777" w:rsidR="00A2231B" w:rsidRDefault="00A2231B">
+    <w:p w14:paraId="1E26FD6E" w14:textId="77777777" w:rsidR="005119DA" w:rsidRDefault="005119DA" w:rsidP="005119DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B7F83A2" w14:textId="77777777" w:rsidR="00A2231B" w:rsidRDefault="00A2231B"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana-Bold">
     <w:altName w:val="Verdana"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="KIX Barcode">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="800000A7" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2422DA70" w14:textId="698467A4" w:rsidR="00527BD4" w:rsidRPr="00BC3B53" w:rsidRDefault="00527BD4" w:rsidP="008C356D">
+  <w:p w14:paraId="1876B0F4" w14:textId="77777777" w:rsidR="005119DA" w:rsidRPr="005119DA" w:rsidRDefault="005119DA" w:rsidP="005119DA">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-[...79 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...65 lines deleted...]
-  <w:p w14:paraId="739CD28F" w14:textId="77777777" w:rsidR="00527BD4" w:rsidRPr="00BC3B53" w:rsidRDefault="00527BD4" w:rsidP="008C356D">
+  <w:p w14:paraId="70B67A00" w14:textId="77777777" w:rsidR="005119DA" w:rsidRPr="005119DA" w:rsidRDefault="005119DA" w:rsidP="005119DA">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6246BB26" w14:textId="77777777" w:rsidR="00527BD4" w:rsidRPr="00BC3B53" w:rsidRDefault="00527BD4" w:rsidP="00023E9A">
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7278AC98" w14:textId="77777777" w:rsidR="005119DA" w:rsidRPr="005119DA" w:rsidRDefault="005119DA" w:rsidP="005119DA">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08AD1096" w14:textId="77777777" w:rsidR="00A2231B" w:rsidRDefault="00A2231B">
+    <w:p w14:paraId="328C6FDD" w14:textId="77777777" w:rsidR="005119DA" w:rsidRDefault="005119DA" w:rsidP="005119DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7261FDD1" w14:textId="77777777" w:rsidR="00A2231B" w:rsidRDefault="00A2231B"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74C038CF" w14:textId="77777777" w:rsidR="00A2231B" w:rsidRDefault="00A2231B">
+    <w:p w14:paraId="7AE23247" w14:textId="77777777" w:rsidR="005119DA" w:rsidRDefault="005119DA" w:rsidP="005119DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D50510B" w14:textId="77777777" w:rsidR="00A2231B" w:rsidRDefault="00A2231B"/>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="5E6AED74" w14:textId="77777777" w:rsidR="0025721D" w:rsidRDefault="0025721D" w:rsidP="0025721D">
+    <w:p w14:paraId="2D8A6AB1" w14:textId="6B5A038D" w:rsidR="005119DA" w:rsidRDefault="005119DA" w:rsidP="005119DA">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Kamerstuk 33037, nr. 4167</w:t>
+        <w:t xml:space="preserve"> Kamerstuk 33 037, nr. 4167</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...93 lines deleted...]
-  <w:p w14:paraId="070BAE38" w14:textId="77777777" w:rsidR="00527BD4" w:rsidRPr="00217880" w:rsidRDefault="00527BD4" w:rsidP="004F44C2">
+  <w:p w14:paraId="0179397A" w14:textId="77777777" w:rsidR="005119DA" w:rsidRPr="005119DA" w:rsidRDefault="005119DA" w:rsidP="005119DA">
     <w:pPr>
-      <w:spacing w:line="0" w:lineRule="atLeast"/>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...106 lines deleted...]
-  <w:p w14:paraId="59FDCDB3" w14:textId="77777777" w:rsidR="00527BD4" w:rsidRDefault="00527BD4" w:rsidP="00D0609E">
+  <w:p w14:paraId="3C58FAA3" w14:textId="77777777" w:rsidR="005119DA" w:rsidRPr="005119DA" w:rsidRDefault="005119DA" w:rsidP="005119DA">
     <w:pPr>
-      <w:framePr w:w="6340" w:h="2750" w:hRule="exact" w:hSpace="180" w:wrap="around" w:vAnchor="page" w:hAnchor="text" w:x="3873" w:y="-140"/>
+      <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="78C92FAE" w14:textId="77777777" w:rsidR="00527BD4" w:rsidRDefault="00527BD4" w:rsidP="000049FB">
-[...423 lines deleted...]
-  <w:p w14:paraId="775C39D2" w14:textId="77777777" w:rsidR="00527BD4" w:rsidRPr="00BC4AE3" w:rsidRDefault="00527BD4" w:rsidP="00BC4AE3">
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="174587BF" w14:textId="77777777" w:rsidR="005119DA" w:rsidRPr="005119DA" w:rsidRDefault="005119DA" w:rsidP="005119DA">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF7C"/>
-[...731 lines deleted...]
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DEE4DAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB729C02"/>
     <w:lvl w:ilvl="0" w:tplc="24F8B0B6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2511,987 +1383,233 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-[...168 lines deleted...]
-  <w:num w:numId="10" w16cid:durableId="254484513">
+  <w:num w:numId="1" w16cid:durableId="822696018">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="469250486">
-[...14 lines deleted...]
-  <w:numIdMacAtCleanup w:val="2"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="111"/>
-[...1 lines deleted...]
-  <w:removeDateAndTime/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
-  <w:stylePaneFormatFilter w:val="3F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-[...1 lines deleted...]
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C83DBC"/>
-[...590 lines deleted...]
-    <w:rsid w:val="00FF192E"/>
+    <w:rsidRoot w:val="005119DA"/>
+    <w:rsid w:val="005119DA"/>
+    <w:rsid w:val="0069411D"/>
+    <w:rsid w:val="007C7B0E"/>
+    <w:rsid w:val="007E3E52"/>
+    <w:rsid w:val="0098420C"/>
+    <w:rsid w:val="00A249CF"/>
+    <w:rsid w:val="00B839F0"/>
+    <w:rsid w:val="00CA4A0F"/>
+    <w:rsid w:val="00DD2545"/>
+    <w:rsid w:val="00E67BDE"/>
+    <w:rsid w:val="00EA20A8"/>
+    <w:rsid w:val="00F80165"/>
+    <w:rsid w:val="00FC3DE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5DBEFDA6"/>
+  <w14:docId w14:val="24A48188"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{29AF481F-BCCD-49CE-A7E2-8C90F3D9A703}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3513,74 +1631,75 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -3729,1176 +1848,1184 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C82AFE"/>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
-    <w:link w:val="Kop1Char1"/>
+    <w:link w:val="Kop1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00023E9A"/>
+    <w:rsid w:val="005119DA"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
-    <w:link w:val="Kop2Char1"/>
+    <w:link w:val="Kop2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00023E9A"/>
+    <w:rsid w:val="005119DA"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
-    <w:link w:val="Kop3Char1"/>
+    <w:link w:val="Kop3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00023E9A"/>
+    <w:rsid w:val="005119DA"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop4Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="005119DA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005119DA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005119DA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005119DA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005119DA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005119DA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
+    <w:name w:val="Kop 1 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop2Char">
+    <w:name w:val="Kop 2 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop3Char">
+    <w:name w:val="Kop 3 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop4Char">
+    <w:name w:val="Kop 4 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop5Char">
+    <w:name w:val="Kop 5 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop6Char">
+    <w:name w:val="Kop 6 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop7Char">
+    <w:name w:val="Kop 7 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop8Char">
+    <w:name w:val="Kop 8 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop9Char">
+    <w:name w:val="Kop 9 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titel">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="TitelChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="005119DA"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitelChar">
+    <w:name w:val="Titel Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Titel"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ondertitel">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="OndertitelChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="005119DA"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OndertitelChar">
+    <w:name w:val="Ondertitel Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Ondertitel"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citaat">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="CitaatChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="005119DA"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaatChar">
+    <w:name w:val="Citaat Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Citaat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lijstalinea">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="005119DA"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Intensievebenadrukking">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Duidelijkcitaat">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="DuidelijkcitaatChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="005119DA"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DuidelijkcitaatChar">
+    <w:name w:val="Duidelijk citaat Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Duidelijkcitaat"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Intensieveverwijzing">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Koptekst">
     <w:name w:val="header"/>
     <w:basedOn w:val="Standaard"/>
     <w:link w:val="KoptekstChar1"/>
-    <w:rsid w:val="00023E9A"/>
+    <w:rsid w:val="005119DA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KoptekstChar">
+    <w:name w:val="Koptekst Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005119DA"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Voettekst">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standaard"/>
     <w:link w:val="VoettekstChar1"/>
-    <w:rsid w:val="00023E9A"/>
+    <w:rsid w:val="005119DA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
     </w:pPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:rPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VoettekstChar">
+    <w:name w:val="Voettekst Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005119DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-Adres">
     <w:name w:val="Huisstijl-Adres"/>
     <w:basedOn w:val="Standaard"/>
     <w:link w:val="Huisstijl-AdresChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00575B80"/>
+    <w:rsid w:val="005119DA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="192"/>
       </w:tabs>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="90" w:line="180" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
       <w:noProof/>
+      <w:kern w:val="0"/>
       <w:sz w:val="13"/>
       <w:szCs w:val="13"/>
-    </w:rPr>
-[...11 lines deleted...]
-      <w:noProof/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Huisstijl-GegevenCharChar">
     <w:name w:val="Huisstijl-Gegeven Char Char"/>
     <w:link w:val="Huisstijl-Gegeven"/>
-    <w:rsid w:val="000B7FAB"/>
+    <w:rsid w:val="005119DA"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:noProof/>
       <w:sz w:val="13"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
+      <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-Gegeven">
     <w:name w:val="Huisstijl-Gegeven"/>
     <w:basedOn w:val="Standaard"/>
     <w:link w:val="Huisstijl-GegevenCharChar"/>
-    <w:rsid w:val="000B7FAB"/>
+    <w:rsid w:val="005119DA"/>
     <w:pPr>
       <w:spacing w:after="92" w:line="180" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:noProof/>
       <w:sz w:val="13"/>
-    </w:rPr>
-[...8 lines deleted...]
-    </w:pPr>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="nl-NL"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-Rubricering">
     <w:name w:val="Huisstijl-Rubricering"/>
     <w:basedOn w:val="Standaard"/>
-    <w:rsid w:val="000B7FAB"/>
+    <w:rsid w:val="005119DA"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:line="180" w:lineRule="exact"/>
+      <w:spacing w:after="0" w:line="180" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Verdana-Bold"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana-Bold"/>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:noProof/>
+      <w:kern w:val="0"/>
       <w:sz w:val="13"/>
       <w:szCs w:val="13"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-NAW">
     <w:name w:val="Huisstijl-NAW"/>
     <w:basedOn w:val="Standaard"/>
-    <w:rsid w:val="000B7FAB"/>
+    <w:rsid w:val="005119DA"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
       <w:noProof/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-    </w:rPr>
-[...6 lines deleted...]
-      <w:u w:val="single"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-Retouradres">
     <w:name w:val="Huisstijl-Retouradres"/>
     <w:basedOn w:val="Standaard"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000B7FAB"/>
+    <w:rsid w:val="005119DA"/>
     <w:pPr>
-      <w:spacing w:line="180" w:lineRule="exact"/>
+      <w:spacing w:after="0" w:line="180" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:noProof/>
+      <w:kern w:val="0"/>
       <w:sz w:val="13"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-Kopje">
     <w:name w:val="Huisstijl-Kopje"/>
     <w:basedOn w:val="Huisstijl-Gegeven"/>
-    <w:rsid w:val="000B7FAB"/>
+    <w:rsid w:val="005119DA"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-Voorwaarden">
-[...27 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-Paginanummering">
     <w:name w:val="Huisstijl-Paginanummering"/>
     <w:basedOn w:val="Standaard"/>
-    <w:rsid w:val="000B7FAB"/>
+    <w:rsid w:val="005119DA"/>
     <w:pPr>
-      <w:spacing w:line="180" w:lineRule="exact"/>
+      <w:spacing w:after="0" w:line="180" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:noProof/>
+      <w:kern w:val="0"/>
       <w:sz w:val="13"/>
-    </w:rPr>
-[...24 lines deleted...]
-      <w:noProof/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Huisstijl-AdresChar">
     <w:name w:val="Huisstijl-Adres Char"/>
     <w:link w:val="Huisstijl-Adres"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00E15881"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
       <w:noProof/>
+      <w:kern w:val="0"/>
       <w:sz w:val="13"/>
       <w:szCs w:val="13"/>
-      <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
-[...9 lines deleted...]
-      <w:color w:val="808080"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Voetnoottekst">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Standaard"/>
     <w:link w:val="VoetnoottekstChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C82AFE"/>
+    <w:rsid w:val="005119DA"/>
     <w:pPr>
-      <w:spacing w:line="180" w:lineRule="atLeast"/>
+      <w:spacing w:after="0" w:line="180" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="13"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="VoetnoottekstChar">
     <w:name w:val="Voetnoottekst Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Voetnoottekst"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C82AFE"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:rsid w:val="005119DA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="13"/>
-      <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
-[...243 lines deleted...]
-      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-    </w:rPr>
-[...21 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KoptekstChar1">
     <w:name w:val="Koptekst Char1"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Koptekst"/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="005119DA"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
-[...44 lines deleted...]
-      <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="VoettekstChar1">
     <w:name w:val="Voettekst Char1"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Voettekst"/>
-    <w:rsid w:val="00DE555F"/>
+    <w:rsid w:val="005119DA"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
-[...11 lines deleted...]
-    </w:pPr>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Voetnootmarkering">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Voetnootmarkering boek STT,Footnotemark,Footnotemark1,FR,Footnotemark2,FR1,Footnotemark3,FR2,Footnotemark4,FR3,Footnotemark5,FR4,Footnotemark6,Footnotemark7,Footnotemark8,FR5,Footnotemark11,Footnotemark21,FR11,Footnotemark31,FR21,FR31"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00245C9A"/>
+    <w:rsid w:val="005119DA"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{4bde8109-f994-4a60-a1d3-5c95e2ff3620}" enabled="1" method="Privileged" siteId="{1321633e-f6b9-44e2-a44f-59b9d264ecb7}" contentBits="0" removed="0"/>
+  <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <ap:Pages>1</ap:Pages>
-[...1 lines deleted...]
-  <ap:Characters>5332</ap:Characters>
+  <ap:Pages>3</ap:Pages>
+  <ap:Words>1005</ap:Words>
+  <ap:Characters>5532</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>44</ap:Lines>
-  <ap:Paragraphs>12</ap:Paragraphs>
+  <ap:Lines>46</ap:Lines>
+  <ap:Paragraphs>13</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
-  <ap:HeadingPairs>
-[...13 lines deleted...]
-  </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>6289</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>6524</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
+  <dc:subject/>
   <dc:creator/>
+  <keywords/>
+  <dc:description>------------------------</dc:description>
   <lastModifiedBy/>
   <revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:description>------------------------</dc:description>
-[...1 lines deleted...]
-  <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>
+  </property>
+</Properties>
+</file>