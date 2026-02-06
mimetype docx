--- v0 (2025-11-15)
+++ v1 (2026-02-06)
@@ -43,66 +43,131 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6590"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00F13442" w14:paraId="22601337" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9142" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00B41DE3" w:rsidR="00CB3578" w:rsidP="00B41DE3" w:rsidRDefault="00B41DE3" w14:paraId="02236180" w14:textId="2EF34F1E">
+          <w:p w:rsidRPr="00B41DE3" w:rsidR="00CB3578" w:rsidP="00B41DE3" w:rsidRDefault="00B41DE3" w14:paraId="02236180" w14:textId="163FB5AE">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B41DE3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Bijgewerkt t/m nr. 11 (NvW d.d. 14 november 2025)</w:t>
+              <w:t>Bijgewerkt t/m nr. 1</w:t>
+            </w:r>
+            <w:r w:rsidR="0088219B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="0088219B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088219B" w:rsidR="0088219B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="0088219B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NvW d.d. </w:t>
+            </w:r>
+            <w:r w:rsidR="0088219B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> november 2025)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="57F46EF2" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -847,196 +912,319 @@
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00463D36">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>De uitoefening van de taken en bevoegdheden van het openbaar ministerie in een concreet geval geschiedt zonder ondergeschiktheid aan Onze Minister.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00463D36" w:rsidR="0023242A" w:rsidP="00463D36" w:rsidRDefault="0023242A" w14:paraId="675349BC" w14:textId="25CA9F8F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="002F1293" w:rsidR="0023242A" w:rsidP="0023242A" w:rsidRDefault="0023242A" w14:paraId="01409DF2" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="00956412" w:rsidRDefault="00956412" w14:paraId="62AF8DBF" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956412">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B0897" w:rsidR="000B0897" w:rsidP="000B0897" w:rsidRDefault="000B0897" w14:paraId="7917CD49" w14:textId="35FBCD00">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="00956412" w:rsidRDefault="00956412" w14:paraId="03DDBB12" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="000B0897" w:rsidR="000B0897" w:rsidP="009805DE" w:rsidRDefault="000B0897" w14:paraId="170B4C69" w14:textId="0CC169C4">
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="00956412" w:rsidRDefault="00956412" w14:paraId="6C5E5D7B" w14:textId="223C36BF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B0897">
+      <w:r w:rsidRPr="00956412">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aan artikel 129, eerste lid, wordt een zin toegevoegd, luidende: De inlichtingen zien niet </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000B0897">
+        <w:t>Artikel 129 wordt als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="00956412" w:rsidRDefault="00956412" w14:paraId="7B351D82" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w:rsidRPr="000B0897" w:rsidR="000B0897" w:rsidP="000B0897" w:rsidRDefault="000B0897" w14:paraId="277F040E" w14:textId="73034457">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="00956412" w:rsidRDefault="00956412" w14:paraId="3FB9FEBC" w14:textId="7B0D02EB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B0897">
+      <w:r w:rsidRPr="00956412">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:t>1. Aan het eerste lid wordt een zin toegevoegd, luidende: De inlichtingen zien niet op een concreet geval, tenzij:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="00956412" w:rsidRDefault="00956412" w14:paraId="5D6E4B89" w14:textId="3D35E0CA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956412">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>a. uit enig wettelijk voorschrift anders voortvloeit;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B0897" w:rsidR="000B0897" w:rsidP="000B0897" w:rsidRDefault="000B0897" w14:paraId="4ECB517F" w14:textId="5F61AA06">
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="00956412" w:rsidRDefault="00956412" w14:paraId="6B54AD6B" w14:textId="56FD831E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B0897">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="00956412">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>b. de inlichtingen betrekking hebben op de opsporing of vervolging van een strafbaar feit ter zake waarvan:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B0897" w:rsidR="000B0897" w:rsidP="000B0897" w:rsidRDefault="000B0897" w14:paraId="690248C1" w14:textId="40C4A217">
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="008F5D52" w:rsidRDefault="00956412" w14:paraId="2A8DDC3B" w14:textId="569BF8A7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B0897">
+      <w:r w:rsidRPr="00956412">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1º. door de officier van justitie een beslissing tot niet vervolging of niet verdere vervolging is genomen; of </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B0897" w:rsidR="000B0897" w:rsidP="000B0897" w:rsidRDefault="000B0897" w14:paraId="17AE093B" w14:textId="528B1423">
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="008F5D52" w:rsidRDefault="00956412" w14:paraId="1F468EBD" w14:textId="389F07F1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B0897">
+      <w:r w:rsidRPr="00956412">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2º. een onherroepelijk geworden strafbeschikking is uitgevaardigd; of</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B0897" w:rsidR="000B0897" w:rsidP="000B0897" w:rsidRDefault="000B0897" w14:paraId="0AA4CC3E" w14:textId="3C905D01">
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="008F5D52" w:rsidRDefault="00956412" w14:paraId="70DEB130" w14:textId="48008A42">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B0897">
+      <w:r w:rsidRPr="00956412">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>c. de inlichtingen betrekking hebben op een zaak ten aanzien waarvan een in kracht van gewijsde gegane rechterlijke einduitspraak is gedaan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="00956412" w:rsidRDefault="00956412" w14:paraId="2A40780C" w14:textId="5965975D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="00956412" w:rsidRDefault="00956412" w14:paraId="064A36B6" w14:textId="57C4DA6B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956412">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2. Onder vernummering van het tweede lid tot derde lid wordt een lid ingevoegd, luidende:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="00956412" w:rsidRDefault="00956412" w14:paraId="68218921" w14:textId="1B7F8CC3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956412">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2. Het eerste lid laat onverlet dat het College Onze Minister alle inlichtingen kan verstrekken die het College geraden acht.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="00956412" w:rsidRDefault="00956412" w14:paraId="6996ACD9" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="00956412" w:rsidRDefault="00956412" w14:paraId="5471F652" w14:textId="26C6CCD8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956412">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>3. Er wordt een lid toegevoegd, luidende:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00956412" w:rsidR="00956412" w:rsidP="00956412" w:rsidRDefault="00956412" w14:paraId="33037A70" w14:textId="33AD5416">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956412">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>4. Het derde lid laat onverlet dat de leden van het openbaar ministerie het College alle inlichtingen kunnen verstrekken die zij geraden achten.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0023242A" w:rsidP="0023242A" w:rsidRDefault="0023242A" w14:paraId="56CEF9AE" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0023242A" w:rsidP="0023242A" w:rsidRDefault="0023242A" w14:paraId="5D4D6109" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -1924,81 +2112,87 @@
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0023242A"/>
     <w:rsid w:val="00012DBE"/>
     <w:rsid w:val="000A1D81"/>
     <w:rsid w:val="000B0897"/>
     <w:rsid w:val="00111ED3"/>
     <w:rsid w:val="001272E4"/>
     <w:rsid w:val="001C190E"/>
     <w:rsid w:val="002168F4"/>
     <w:rsid w:val="0023242A"/>
     <w:rsid w:val="002A201D"/>
     <w:rsid w:val="002A727C"/>
     <w:rsid w:val="002F045B"/>
     <w:rsid w:val="0038561B"/>
     <w:rsid w:val="00463D36"/>
+    <w:rsid w:val="005C31D6"/>
     <w:rsid w:val="005D2707"/>
     <w:rsid w:val="00606255"/>
     <w:rsid w:val="006B607A"/>
     <w:rsid w:val="00793676"/>
     <w:rsid w:val="007D451C"/>
     <w:rsid w:val="00800575"/>
+    <w:rsid w:val="00807621"/>
     <w:rsid w:val="00826224"/>
+    <w:rsid w:val="0088219B"/>
+    <w:rsid w:val="008F5D52"/>
     <w:rsid w:val="00930A23"/>
+    <w:rsid w:val="00956412"/>
     <w:rsid w:val="009805DE"/>
     <w:rsid w:val="009C7354"/>
     <w:rsid w:val="009E6D7F"/>
     <w:rsid w:val="00A07C4D"/>
     <w:rsid w:val="00A11E73"/>
     <w:rsid w:val="00A2521E"/>
     <w:rsid w:val="00A26403"/>
     <w:rsid w:val="00AE436A"/>
     <w:rsid w:val="00B41DE3"/>
     <w:rsid w:val="00B54477"/>
     <w:rsid w:val="00C135B1"/>
     <w:rsid w:val="00C4357A"/>
     <w:rsid w:val="00C92DF8"/>
     <w:rsid w:val="00C943FA"/>
     <w:rsid w:val="00CB3578"/>
     <w:rsid w:val="00D20AFA"/>
     <w:rsid w:val="00D55648"/>
     <w:rsid w:val="00DD3D38"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E36EE9"/>
     <w:rsid w:val="00E56D70"/>
     <w:rsid w:val="00EA3BE3"/>
     <w:rsid w:val="00F13442"/>
+    <w:rsid w:val="00F25AE9"/>
     <w:rsid w:val="00F46D41"/>
     <w:rsid w:val="00F956D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -3590,79 +3784,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>3</ap:Pages>
-  <ap:Words>419</ap:Words>
-  <ap:Characters>2436</ap:Characters>
+  <ap:Words>491</ap:Words>
+  <ap:Characters>2805</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>20</ap:Lines>
-  <ap:Paragraphs>5</ap:Paragraphs>
+  <ap:Lines>23</ap:Lines>
+  <ap:Paragraphs>6</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>2850</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>3290</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>100</vt:r8>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>