--- v0 (2025-11-22)
+++ v1 (2026-03-21)
@@ -42,84 +42,114 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6590"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00F13442" w14:paraId="62D73836" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9142" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="009F2E08" w:rsidR="00CB3578" w:rsidP="009F2E08" w:rsidRDefault="009F2E08" w14:paraId="141ACA7F" w14:textId="3F485F17">
+          <w:p w:rsidRPr="009F2E08" w:rsidR="00CB3578" w:rsidP="009F2E08" w:rsidRDefault="009F2E08" w14:paraId="141ACA7F" w14:textId="4A1C6DFE">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Bijgewerkt t/m nr. 7 (</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Bijgewerkt t/m nr. </w:t>
+            </w:r>
+            <w:r w:rsidR="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>NvW</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>52</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> d.d. 19 november 2025)</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="004D481C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tweede </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NvW d.d. </w:t>
+            </w:r>
+            <w:r w:rsidR="004D481C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>2 maart 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="2ABDAFA6" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -1217,1480 +1247,1480 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="00440BAF" w:rsidSect="00A11E73">
           <w:footerReference w:type="even" r:id="rId9"/>
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="357" w:footer="1440" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="418"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1256"/>
+        <w:gridCol w:w="486"/>
+        <w:gridCol w:w="5467"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="1323"/>
+        <w:gridCol w:w="1480"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidTr="00F5615E" w14:paraId="001F299D" w14:textId="77777777">
+      <w:tr w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidTr="0000301D" w14:paraId="192B1A8A" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="20A54A46" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="5C03CF0D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="kio2-table-title"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Vastgestelde begrotingsstaat van het Ministerie van Klimaat en Groene Groei (XXIII) voor het jaar 2026 (bedragen x € 1.000)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidTr="00F5615E" w14:paraId="4791B660" w14:textId="77777777">
+      <w:tr w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidTr="0000301D" w14:paraId="2BAC14C9" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="200" w:type="pct"/>
+            <w:tcW w:w="232" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="468C18C4" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="25A5DA6E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Art.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2968" w:type="pct"/>
+            <w:tcW w:w="2612" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="079F01E8" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="66B96D93" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Omschrijving</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="pct"/>
+            <w:tcW w:w="817" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="7A18D5F4" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="72AD8268" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Verplichtingen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="538" w:type="pct"/>
+            <w:tcW w:w="632" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="25D4E615" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="0570C01A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Uitgaven</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="600" w:type="pct"/>
+            <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="738B7197" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="518663B6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ontvangsten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidTr="00F5615E" w14:paraId="57101A22" w14:textId="77777777">
+      <w:tr w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidTr="0000301D" w14:paraId="7A3791B0" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="200" w:type="pct"/>
+            <w:tcW w:w="232" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="3C0E58EB" w14:textId="77777777">
-[...11 lines deleted...]
-            <w:tcW w:w="2968" w:type="pct"/>
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="03A62A6E" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2612" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="0D75F342" w14:textId="77777777">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00DC3720">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="18B67569" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Totaal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="pct"/>
+            <w:tcW w:w="817" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="0101F430" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="2AC30082" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>9.124.174</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="538" w:type="pct"/>
+              <w:t>8.907.972</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="4301744F" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="15F73A05" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>13.930.164</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="600" w:type="pct"/>
+              <w:t>13.713.962</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="29D7CE3F" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="48798D89" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2.343.711</w:t>
+              <w:t>2.338.434</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidTr="00F5615E" w14:paraId="307D4CD2" w14:textId="77777777">
+      <w:tr w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidTr="0000301D" w14:paraId="18743A41" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="200" w:type="pct"/>
+            <w:tcW w:w="232" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="1FC75CA0" w14:textId="77777777">
-[...11 lines deleted...]
-            <w:tcW w:w="2968" w:type="pct"/>
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="40DD13BC" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2612" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="3E392A89" w14:textId="77777777">
-[...11 lines deleted...]
-            <w:tcW w:w="694" w:type="pct"/>
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="7C4AE471" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="32219D64" w14:textId="77777777">
-[...11 lines deleted...]
-            <w:tcW w:w="538" w:type="pct"/>
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="602AB863" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="4E9FD414" w14:textId="77777777">
-[...11 lines deleted...]
-            <w:tcW w:w="600" w:type="pct"/>
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="61F0992F" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="6497D96E" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="66319D81" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidTr="00F5615E" w14:paraId="7A208C63" w14:textId="77777777">
+      <w:tr w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidTr="0000301D" w14:paraId="35B43E14" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="200" w:type="pct"/>
+            <w:tcW w:w="232" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="51F8D16E" w14:textId="77777777">
-[...11 lines deleted...]
-            <w:tcW w:w="2968" w:type="pct"/>
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="3DEB81AA" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2612" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="51874B31" w14:textId="77777777">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00DC3720">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="0EDA3D7D" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Beleidsartikelen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="pct"/>
+            <w:tcW w:w="817" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="4E5C75A9" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="65759902" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.907.972</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="538" w:type="pct"/>
+            <w:tcW w:w="632" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="4C1AAC96" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="6B7BCF32" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.713.962</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="600" w:type="pct"/>
+            <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="365BC851" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="07C89978" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.338.434</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidTr="00F5615E" w14:paraId="7683BB1F" w14:textId="77777777">
+      <w:tr w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidTr="0000301D" w14:paraId="209A41A6" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="200" w:type="pct"/>
+            <w:tcW w:w="232" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="4DB69E50" w14:textId="77777777">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00DC3720">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="5EBE428E" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2968" w:type="pct"/>
+            <w:tcW w:w="2612" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="71E42FB6" w14:textId="77777777">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00DC3720">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="440C31C1" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Een doelmatige energievoorziening en beperking van de klimaatverandering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="pct"/>
+            <w:tcW w:w="817" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="5A07525A" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="22DD8FBC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.907.972</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="538" w:type="pct"/>
+            <w:tcW w:w="632" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="65EF1CA3" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="28DFD1E0" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.713.962</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="600" w:type="pct"/>
+            <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="212A802B" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="2D834928" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.338.434</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidTr="00F5615E" w14:paraId="40A42519" w14:textId="77777777">
+      <w:tr w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidTr="0000301D" w14:paraId="19209D60" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="200" w:type="pct"/>
+            <w:tcW w:w="232" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="36AE9BBC" w14:textId="77777777">
-[...11 lines deleted...]
-            <w:tcW w:w="2968" w:type="pct"/>
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="58D54708" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2612" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="63993E5B" w14:textId="77777777">
-[...11 lines deleted...]
-            <w:tcW w:w="694" w:type="pct"/>
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="0912F3EC" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="08FA18B5" w14:textId="77777777">
-[...11 lines deleted...]
-            <w:tcW w:w="538" w:type="pct"/>
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="37245B6F" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="7D927D97" w14:textId="77777777">
-[...11 lines deleted...]
-            <w:tcW w:w="600" w:type="pct"/>
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="08D47BBB" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="77E8FFA4" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="5A9B7692" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidTr="00F5615E" w14:paraId="046B0A88" w14:textId="77777777">
+      <w:tr w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidTr="0000301D" w14:paraId="2DFACFA3" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="200" w:type="pct"/>
+            <w:tcW w:w="232" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="743006EC" w14:textId="77777777">
-[...11 lines deleted...]
-            <w:tcW w:w="2968" w:type="pct"/>
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="134239A7" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2612" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="71867994" w14:textId="77777777">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00DC3720">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="6EAA83F9" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Niet-beleidsartikelen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="pct"/>
+            <w:tcW w:w="817" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="4EF307B2" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="1E95CC2A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>216.202</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="538" w:type="pct"/>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="5C7B04EA" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="73C61F87" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>216.202</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="600" w:type="pct"/>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="76786942" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="12B467B2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5.277</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidTr="00F5615E" w14:paraId="6E83D32A" w14:textId="77777777">
+      <w:tr w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidTr="0000301D" w14:paraId="00EF282F" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="200" w:type="pct"/>
+            <w:tcW w:w="232" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="197FB922" w14:textId="77777777">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00DC3720">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="09FC6DFE" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2968" w:type="pct"/>
+            <w:tcW w:w="2612" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="53EE09E5" w14:textId="77777777">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00DC3720">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="34147195" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Apparaat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="pct"/>
+            <w:tcW w:w="817" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="6DFE6709" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="0F561F79" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
-[...10 lines deleted...]
-            <w:tcW w:w="538" w:type="pct"/>
+            <w:r w:rsidRPr="004D481C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="53C3C419" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="76021D3A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
-[...10 lines deleted...]
-            <w:tcW w:w="600" w:type="pct"/>
+            <w:r w:rsidRPr="004D481C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="1846C86E" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="4A2823B8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
-[...4 lines deleted...]
-              <w:t>5.277</w:t>
+            <w:r w:rsidRPr="004D481C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidTr="00F5615E" w14:paraId="61F020BF" w14:textId="77777777">
+      <w:tr w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidTr="0000301D" w14:paraId="699AC554" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="200" w:type="pct"/>
+            <w:tcW w:w="232" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="5248DCBB" w14:textId="77777777">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00DC3720">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="71E53A7C" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2968" w:type="pct"/>
+            <w:tcW w:w="2612" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="5048D01E" w14:textId="77777777">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00DC3720">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="020195B9" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nog onverdeeld</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="pct"/>
+            <w:tcW w:w="817" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="1464F51B" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="11D97DCD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="538" w:type="pct"/>
+            <w:tcW w:w="632" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="001BB6FF" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="5FBBDFAA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="600" w:type="pct"/>
+            <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC3720" w:rsidR="00165E3B" w:rsidP="00F5615E" w:rsidRDefault="00165E3B" w14:paraId="4248123A" w14:textId="77777777">
+          <w:p w:rsidRPr="004D481C" w:rsidR="004D481C" w:rsidP="0000301D" w:rsidRDefault="004D481C" w14:paraId="45806475" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3720">
+            <w:r w:rsidRPr="004D481C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00440BAF" w:rsidR="00165E3B" w:rsidP="00440BAF" w:rsidRDefault="00165E3B" w14:paraId="2C58E7E1" w14:textId="77777777">
+    <w:p w:rsidRPr="00440BAF" w:rsidR="004D481C" w:rsidP="00440BAF" w:rsidRDefault="004D481C" w14:paraId="2508C1E9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="p-marginbottom"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4731"/>
         <w:gridCol w:w="1174"/>
         <w:gridCol w:w="1174"/>
         <w:gridCol w:w="3387"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="00440BAF" w:rsidR="00440BAF" w:rsidTr="00440BAF" w14:paraId="36B43AD3" w14:textId="77777777">
         <w:trPr>
@@ -3476,72 +3506,72 @@
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00440BAF" w:rsidR="00440BAF" w:rsidSect="00440BAF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="357" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F1646F4" w14:textId="77777777" w:rsidR="00440BAF" w:rsidRDefault="00440BAF">
+    <w:p w14:paraId="0EF7452C" w14:textId="77777777" w:rsidR="002F7EF7" w:rsidRDefault="002F7EF7">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B5D7A5B" w14:textId="77777777" w:rsidR="00440BAF" w:rsidRDefault="00440BAF">
+    <w:p w14:paraId="1952D5C8" w14:textId="77777777" w:rsidR="002F7EF7" w:rsidRDefault="002F7EF7">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="056B593A" w14:textId="77777777" w:rsidR="00440BAF" w:rsidRDefault="00440BAF">
+    <w:p w14:paraId="43DD5D98" w14:textId="77777777" w:rsidR="002F7EF7" w:rsidRDefault="002F7EF7">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
@@ -3680,164 +3710,166 @@
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="002168F4">
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="68B9760C" w14:textId="77777777" w:rsidR="002168F4" w:rsidRPr="002168F4" w:rsidRDefault="002168F4" w:rsidP="002168F4">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D3FE114" w14:textId="77777777" w:rsidR="00440BAF" w:rsidRDefault="00440BAF">
+    <w:p w14:paraId="19CBFBB8" w14:textId="77777777" w:rsidR="002F7EF7" w:rsidRDefault="002F7EF7">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47CC2CCF" w14:textId="77777777" w:rsidR="00440BAF" w:rsidRDefault="00440BAF">
+    <w:p w14:paraId="10A42754" w14:textId="77777777" w:rsidR="002F7EF7" w:rsidRDefault="002F7EF7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00440BAF"/>
     <w:rsid w:val="00012DBE"/>
     <w:rsid w:val="000A1D81"/>
     <w:rsid w:val="00111ED3"/>
     <w:rsid w:val="00165E3B"/>
     <w:rsid w:val="001C190E"/>
     <w:rsid w:val="002168F4"/>
     <w:rsid w:val="002A727C"/>
+    <w:rsid w:val="002F7EF7"/>
     <w:rsid w:val="00406089"/>
     <w:rsid w:val="00440BAF"/>
+    <w:rsid w:val="004D481C"/>
     <w:rsid w:val="005D2707"/>
     <w:rsid w:val="00606255"/>
     <w:rsid w:val="006B607A"/>
     <w:rsid w:val="007D451C"/>
     <w:rsid w:val="00826224"/>
     <w:rsid w:val="00930A23"/>
     <w:rsid w:val="009C7354"/>
     <w:rsid w:val="009E6D7F"/>
     <w:rsid w:val="009F2E08"/>
     <w:rsid w:val="00A11E73"/>
     <w:rsid w:val="00A2521E"/>
     <w:rsid w:val="00AE436A"/>
     <w:rsid w:val="00C135B1"/>
+    <w:rsid w:val="00C31F7B"/>
     <w:rsid w:val="00C8713C"/>
     <w:rsid w:val="00C92DF8"/>
     <w:rsid w:val="00CB3578"/>
     <w:rsid w:val="00CE6BB1"/>
     <w:rsid w:val="00D20AFA"/>
     <w:rsid w:val="00D55648"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E36EE9"/>
     <w:rsid w:val="00F13442"/>
     <w:rsid w:val="00F956D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="312BA980"/>
   <w15:docId w15:val="{793A90A7-715D-46E7-81B1-00BEC24F7F37}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
@@ -5288,94 +5320,97 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>3</ap:Pages>
-  <ap:Words>392</ap:Words>
-  <ap:Characters>2332</ap:Characters>
+  <ap:Words>414</ap:Words>
+  <ap:Characters>2282</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:Lines>19</ap:Lines>
   <ap:Paragraphs>5</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>2719</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>2691</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>737000711</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_EmailSubject">
     <vt:lpwstr>Sjablonen amendementen en voorstellen van wet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_AuthorEmail">
     <vt:lpwstr>M.Geenen@sdu.nl</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Geenen, Michel</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_PreviousAdHocReviewCycleID">
     <vt:i4>-1389537874</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ReviewingToolsShownOnce">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ContentTypeId">
     <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>