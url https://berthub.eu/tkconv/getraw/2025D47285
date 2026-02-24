--- v0 (2025-11-22)
+++ v1 (2026-02-24)
@@ -57,69 +57,51 @@
           <w:tcPr>
             <w:tcW w:w="9142" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="00F70675" w:rsidR="00CB3578" w:rsidP="00F70675" w:rsidRDefault="00F70675" w14:paraId="1129C998" w14:textId="10A68A07">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F70675">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Bijgewerkt t/m nr. 8 (</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> d.d. 18 november 2025)</w:t>
+              <w:t>Bijgewerkt t/m nr. 8 (NvW d.d. 18 november 2025)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="0E71D23A" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -1741,60 +1723,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Het bevoegd gezag zendt de resultaten van de monitoring van de veiligheid van leerlingen op school </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70675" w:rsidR="00F70675">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>en een verantwoordingsdocument over de monitor</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">en een verantwoordingsdocument over de monitor </w:t>
       </w:r>
       <w:r w:rsidRPr="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>aan de inspectie.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="3FEFE638" w14:textId="16B31479">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -7375,60 +7348,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Het bevoegd gezag zendt de resultaten van de monitoring van de veiligheid van leerlingen op school </w:t>
       </w:r>
       <w:r w:rsidRPr="003E712E" w:rsidR="003E712E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>en een verantwoordingsdocument over de monitor</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">en een verantwoordingsdocument over de monitor </w:t>
       </w:r>
       <w:r w:rsidRPr="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>aan de inspectie.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="24AF34F6" w14:textId="04B03FF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -12746,60 +12710,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Het bevoegd gezag zendt de resultaten van de monitoring van de veiligheid van leerlingen op school </w:t>
       </w:r>
       <w:r w:rsidRPr="003E712E" w:rsidR="003E712E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>en een verantwoordingsdocument over de monitor</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">en een verantwoordingsdocument over de monitor </w:t>
       </w:r>
       <w:r w:rsidRPr="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>aan de inspectie.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="3C6741E2" w14:textId="626656DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -21309,81 +21264,108 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e. het verslag van de vertrouwenspersoon, bedoeld in artikel 3.35, tweede lid, onderdeel d.</w:t>
       </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidDel="00B24579">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="4588125D" w14:textId="6055BD1D">
-[...29 lines deleted...]
-        <w:t>3. Het bevoegd gezag zendt de resultaten van de monitoring van de veiligheid van leerlingen op school aan de inspectie.</w:t>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="4588125D" w14:textId="1AC76B22">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. Het bevoegd gezag zendt de resultaten van de monitoring van de veiligheid van leerlingen op school</w:t>
+      </w:r>
+      <w:r w:rsidR="005C24C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C24C3" w:rsidR="005C24C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>en een verantwoordingsdocument over de monitor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aan de inspectie.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="103542FE" w14:textId="370F484F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -21474,81 +21456,99 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">c. de frequentie waarmee de monitor wordt afgenomen; en </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="55083068" w14:textId="54BC76A8">
-[...29 lines deleted...]
-        <w:t>d. de toezending van de resultaten aan de inspectie, bedoeld in het derde lid.</w:t>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="55083068" w14:textId="6E9758F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d. de toezending van de </w:t>
+      </w:r>
+      <w:r w:rsidR="00C479A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gegevens </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aan de inspectie, bedoeld in het derde lid.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="3635DAE7" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="4B1B9095" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
@@ -24370,1152 +24370,936 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Indien een personeelslid bekend is geworden dat een student, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>1. Indien een personeelslid bekend is geworden dat een student, vavo-student of deelnemer mogelijk slachtoffer is geworden van seksueel misbruik of seksuele intimidatie door een ten behoeve van de instelling met taken belast persoon, meldt hij dit onverwijld aan het bevoegd gezag.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="1B4B6483" w14:textId="518FF8ED">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>vavo</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>2. Het bevoegd gezag treedt onverwijld in overleg met de vertrouwensinspecteur, bedoeld in artikel 6 van de Wet op het onderwijstoezicht, indien het bevoegd gezag bekend is geworden dat een student, vavo-student of deelnemer mogelijk slachtoffer is geworden van seksueel misbruik of seksuele intimidatie door een ten behoeve van zijn instelling met taken belast persoon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="365BBB33" w14:textId="39558B31">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>-student of deelnemer mogelijk slachtoffer is geworden van seksueel misbruik of seksuele intimidatie door een ten behoeve van de instelling met taken belast persoon, meldt hij dit onverwijld aan het bevoegd gezag.</w:t>
-[...21 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3. Het overleg is gericht op de vraag of sprake is van een redelijk vermoeden van een seksueel misdrijf als bedoeld in Titel XIV van het Tweede Boek van het Wetboek van Strafrecht. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="7829638C" w14:textId="21C9A3C1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. Het bevoegd gezag treedt onverwijld in overleg met de vertrouwensinspecteur, bedoeld in artikel 6 van de Wet op het onderwijstoezicht, indien het bevoegd gezag bekend is geworden dat een student, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>4. Indien de student of vavo-student minderjarig is en uit het overleg blijkt dat sprake is van een redelijk vermoeden als bedoeld in het derde lid, doet het bevoegd gezag onverwijld aangifte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="66DCF1C3" w14:textId="6219523D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>vavo</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">5. Het bevoegd gezag stelt de student of vavo-student, de ouders van de </w:t>
+      </w:r>
+      <w:r w:rsidR="00392CFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minderjarige </w:t>
+      </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>-student of deelnemer mogelijk slachtoffer is geworden van seksueel misbruik of seksuele intimidatie door een ten behoeve van zijn instelling met taken belast persoon.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="365BBB33" w14:textId="39558B31">
+        <w:t>student of vavo-student, de met taken belaste persoon en de vertrouwensinspecteur onverwijld in kennis van de aangifte. Het bevoegd gezag stelt de ouders niet in kennis van de aangifte indien het belang van de student of vavo-student zich daar ernstig tegen verzet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="4533A214" w14:textId="2BA62C72">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. Het overleg is gericht op de vraag of sprake is van een redelijk vermoeden van een seksueel misdrijf als bedoeld in Titel XIV van het Tweede Boek van het Wetboek van Strafrecht. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="7829638C" w14:textId="21C9A3C1">
+        <w:t xml:space="preserve">6. Het bevoegd gezag kan ten behoeve van de taken, genoemd in het eerste, tweede, vierde en vijfde lid, persoonsgegevens, waaronder bijzondere persoonsgegevens over gezondheid of seksueel gedrag of seksuele gerichtheid en persoonsgegevens van strafrechtelijke aard, verwerken. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="68DDA3BE" w14:textId="2103EBEE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. Indien de student of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">7. Het bevoegd gezag bewaart de gegevens, bedoeld in het zesde lid, niet langer dan noodzakelijk is voor de uitvoering van de taken, genoemd in het zesde lid, en vernietigt deze uiterlijk na drie jaar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="19DF9EFF" w14:textId="2E7ECD1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8. Het bevoegd gezag</w:t>
+      </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>-student minderjarig is en uit het overleg blijkt dat sprake is van een redelijk vermoeden als bedoeld in het derde lid, doet het bevoegd gezag onverwijld aangifte.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="66DCF1C3" w14:textId="6219523D">
+        <w:t xml:space="preserve"> bewaart de gegevens, bedoeld in het zesde lid, op een plaats die uitsluitend toegankelijk is voor door het bevoegd gezag geautoriseerde personen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="32E3507D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="5593998F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="1A76EE19" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="5F99052E" w14:textId="23742253">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">5. Het bevoegd gezag stelt de student of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">In artikel 1.4a.1, negende lid, wordt "Artikel 1.3.9 is van overeenkomstige toepassing” vervangen door “De artikelen 1.3.8 en 1.3.9 zijn van overeenkomstige toepassing”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="0C689639" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="2357BA63" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="77962BD9" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="571D1366" w14:textId="1F087B6F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Na artikel 12.5.1c wordt een artikel ingevoegd, luidende: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="117E1BBB" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="2DFA8916" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 12.5.1d. Evaluatie Wet vrij en veilig onderwijs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E96001" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="4AFD7A37" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="7F69D4A6" w14:textId="79467521">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">-student, de ouders van de </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00392CFB">
+        <w:t>Onze Minister zendt binnen vijf jaar na de inwerkingtreding van artikel VI van de Wet vrij en veilig onderwijs aan de Staten-Generaal een verslag over de doeltreffendheid en effecten van artikel 1.3.8 in de praktijk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="1A0FE555" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="6EDDBFA0" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="4C0D3D7B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ARTIKEL VII. WIJZIGING VAN DE WET EDUCATIE EN BEROEPSONDERWIJS BES </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="32FC884D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="1D05CC0A" w14:textId="7DF97972">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De Wet educatie en beroepsonderwijs BES wordt als volgt gewijzigd: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="02715BDA" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="51DD60DC" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="34D9A746" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="1CF3009F" w14:textId="0EE4E387">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Artikel 1.3.5 komt te luiden: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="316BA596" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="001E27B5" w14:paraId="09BC2C75" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artikel 1.3.5. Meld-, overleg en aangifteplicht</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E96001" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="62CA1271" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="13024A7D" w14:textId="7D32549C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Indien een personeelslid bekend is geworden dat een student, vavo-student of deelnemer mogelijk slachtoffer is geworden van seksueel misbruik of seksuele intimidatie door een ten behoeve van de instelling met taken belast persoon, meldt hij dit onverwijld aan het bevoegd gezag.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="59F069E9" w14:textId="50ED9467">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Het bevoegd gezag treedt onverwijld in overleg met de vertrouwensinspecteur, bedoeld in artikel 6 van de Wet op het onderwijstoezicht, indien het bevoegd gezag bekend is geworden dat een student, vavo-student of deelnemer mogelijk slachtoffer is geworden van seksueel misbruik of seksuele intimidatie door een ten behoeve van zijn instelling met taken belast persoon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="771BFAF0" w14:textId="45631F2A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Het overleg is gericht op de vraag of sprake is van een redelijk vermoeden van een misdrijf tegen de zeden als bedoeld in Titel XIV van het Tweede Boek Wetboek van Strafrecht BES. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="0776CD97" w14:textId="06AF6FBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. Indien de student of vavo-student minderjarig is en uit het overleg blijkt dat sprake is van een redelijk vermoeden als bedoeld in het derde lid, doet het bevoegd gezag onverwijld aangifte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="73B9CBD4" w14:textId="77F8AA68">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Het bevoegd gezag stelt de student of vavo-student, de ouders, voogden of verzorgers van de </w:t>
+      </w:r>
+      <w:r w:rsidR="007D00A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">minderjarige </w:t>
       </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">student of </w:t>
-[...891 lines deleted...]
-        <w:t>-student zich daar ernstig tegen verzet.</w:t>
+        <w:t>student of vavo-student, de met taken belaste persoon en de vertrouwensinspecteur onverwijld in kennis van de aangifte. Het bevoegd gezag stelt de ouders, voogden of verzorgers niet in kennis van de aangifte indien het belang van de student of vavo-student zich daar ernstig tegen verzet.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001E27B5" w:rsidR="001E27B5" w:rsidP="001E27B5" w:rsidRDefault="00E96001" w14:paraId="39CD8A23" w14:textId="2D1CEE5A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E27B5" w:rsidR="001E27B5">
         <w:rPr>
@@ -29760,72 +29544,72 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>De Staatssecretaris van Onderwijs, Cultuur en Wetenschap,</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="002168F4" w:rsidR="0065452E" w:rsidSect="00A11E73">
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="357" w:footer="1440" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="626FCDF1" w14:textId="77777777" w:rsidR="001E27B5" w:rsidRDefault="001E27B5">
+    <w:p w14:paraId="45F344AD" w14:textId="77777777" w:rsidR="00CF3729" w:rsidRDefault="00CF3729">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A59BF5A" w14:textId="77777777" w:rsidR="001E27B5" w:rsidRDefault="001E27B5">
+    <w:p w14:paraId="7AA4A5CE" w14:textId="77777777" w:rsidR="00CF3729" w:rsidRDefault="00CF3729">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3D3EAD7B" w14:textId="77777777" w:rsidR="001E27B5" w:rsidRDefault="001E27B5">
+    <w:p w14:paraId="701DCD97" w14:textId="77777777" w:rsidR="00CF3729" w:rsidRDefault="00CF3729">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
@@ -29952,149 +29736,152 @@
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="002168F4">
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="2D348F1A" w14:textId="77777777" w:rsidR="002168F4" w:rsidRPr="002168F4" w:rsidRDefault="002168F4" w:rsidP="002168F4">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7215B4C8" w14:textId="77777777" w:rsidR="001E27B5" w:rsidRDefault="001E27B5">
+    <w:p w14:paraId="6C5A548E" w14:textId="77777777" w:rsidR="00CF3729" w:rsidRDefault="00CF3729">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40880A16" w14:textId="77777777" w:rsidR="001E27B5" w:rsidRDefault="001E27B5">
+    <w:p w14:paraId="7B721DA1" w14:textId="77777777" w:rsidR="00CF3729" w:rsidRDefault="00CF3729">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E27B5"/>
     <w:rsid w:val="00012DBE"/>
     <w:rsid w:val="0002513A"/>
     <w:rsid w:val="000A1D81"/>
     <w:rsid w:val="00111ED3"/>
     <w:rsid w:val="001C190E"/>
     <w:rsid w:val="001E27B5"/>
     <w:rsid w:val="002168F4"/>
     <w:rsid w:val="002A727C"/>
     <w:rsid w:val="00372CAE"/>
     <w:rsid w:val="00392CFB"/>
     <w:rsid w:val="003E712E"/>
     <w:rsid w:val="003F2CEE"/>
     <w:rsid w:val="004104AF"/>
+    <w:rsid w:val="005C24C3"/>
     <w:rsid w:val="005D2707"/>
     <w:rsid w:val="005E52D1"/>
     <w:rsid w:val="00606255"/>
     <w:rsid w:val="0065452E"/>
     <w:rsid w:val="006B607A"/>
     <w:rsid w:val="007D00A4"/>
     <w:rsid w:val="007D451C"/>
     <w:rsid w:val="00826224"/>
     <w:rsid w:val="00930A23"/>
     <w:rsid w:val="009B6E5C"/>
     <w:rsid w:val="009C7354"/>
     <w:rsid w:val="009E6D7F"/>
     <w:rsid w:val="009E706F"/>
     <w:rsid w:val="00A11E73"/>
     <w:rsid w:val="00A2521E"/>
     <w:rsid w:val="00AE436A"/>
     <w:rsid w:val="00C135B1"/>
+    <w:rsid w:val="00C479A8"/>
     <w:rsid w:val="00C92DF8"/>
     <w:rsid w:val="00CB3578"/>
+    <w:rsid w:val="00CF3729"/>
     <w:rsid w:val="00D20AFA"/>
     <w:rsid w:val="00D55648"/>
     <w:rsid w:val="00DB5ACD"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E36EE9"/>
     <w:rsid w:val="00E46A25"/>
     <w:rsid w:val="00E96001"/>
     <w:rsid w:val="00F13442"/>
     <w:rsid w:val="00F30BC9"/>
+    <w:rsid w:val="00F62D3F"/>
     <w:rsid w:val="00F663ED"/>
     <w:rsid w:val="00F70675"/>
     <w:rsid w:val="00F956D4"/>
     <w:rsid w:val="00F96FD3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -31507,73 +31294,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>36</ap:Pages>
-  <ap:Words>14042</ap:Words>
-  <ap:Characters>77233</ap:Characters>
+  <ap:Words>14049</ap:Words>
+  <ap:Characters>77271</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:Lines>643</ap:Lines>
   <ap:Paragraphs>182</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>91093</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>91138</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>737000711</vt:i4>