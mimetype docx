--- v0 (2025-11-22)
+++ v1 (2026-03-31)
@@ -42,70 +42,130 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6590"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00F13442" w14:paraId="62E29136" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9142" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00063670" w:rsidR="00CB3578" w:rsidP="00063670" w:rsidRDefault="00063670" w14:paraId="42E4E99A" w14:textId="5387714F">
+          <w:p w:rsidRPr="00063670" w:rsidR="00CB3578" w:rsidP="00063670" w:rsidRDefault="00063670" w14:paraId="42E4E99A" w14:textId="44D0BA40">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00063670">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Bijgewerkt t/m nr. 6 (nota van wijziging d.d. 19 november 2025)</w:t>
+              <w:t xml:space="preserve">Bijgewerkt t/m nr. </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00063670">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">tweede </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00063670">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">nota van wijziging d.d. </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>23 maart 2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00063670">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="69AF8D44" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -1189,2866 +1249,2847 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>De Minister van Defensie,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FE48F3" w:rsidRDefault="00FE48F3" w14:paraId="1377176B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9072" w:type="dxa"/>
+        <w:tblW w:w="9560" w:type="dxa"/>
+        <w:tblInd w:w="-234" w:type="dxa"/>
         <w:tblCellMar>
-          <w:left w:w="10" w:type="dxa"/>
-          <w:right w:w="10" w:type="dxa"/>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="375"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4240"/>
+        <w:gridCol w:w="1580"/>
+        <w:gridCol w:w="1648"/>
+        <w:gridCol w:w="1572"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00C3645C" w:rsidR="00C3645C" w:rsidTr="00D93944" w14:paraId="26BC798D" w14:textId="77777777">
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="30F6576F" w14:textId="77777777">
         <w:trPr>
-          <w:tblHeader/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9560" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcMar>
-[...29 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="5B9BD5"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="4971E1F5" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Vastgestelde begrotingsstaat van het Ministerie van Defensie (K) voor het jaar 2026 (bedragen x € 1.000)</w:t>
+              <w:t xml:space="preserve">Vastgestelde departementale begrotingsstaat van het Defensiematerieelbegrotingsfonds (K) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>voor het jaar 2026 (bedragen x € 1.000)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00C3645C" w:rsidR="00C3645C" w:rsidTr="00D93944" w14:paraId="62EA17A2" w14:textId="77777777">
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="0E0D157A" w14:textId="77777777">
         <w:trPr>
-          <w:tblHeader/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="375" w:type="dxa"/>
-[...8 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="9560" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...21 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="75851895" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="32048650" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="26FD9ADA" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Art.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2323" w:type="dxa"/>
-[...33 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="6A2A5324" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Omschrijving</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6374" w:type="dxa"/>
+            <w:tcW w:w="4846" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
-[...34 lines deleted...]
-              <w:t>Vastgestelde begroting</w:t>
+              <w:top w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="74C483E3" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vastgestelde begroting </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00C3645C" w:rsidR="00C3645C" w:rsidTr="00D93944" w14:paraId="53A6733A" w14:textId="77777777">
-[...87 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="01E925E3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="72A185CC" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="3996E20A" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="6C6A6815" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Verplichtingen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="4927CE49" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Uitgaven</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="1721ACA6" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ontvangsten</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="14BDAE98" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="685F372D" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="27D49EA8" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Defensiebreed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Materieel </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="22D74D54" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.214.281</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="38BE4F21" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.757.472</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="77EE86FE" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>85.716</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="65B6E452" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="4BDFBB7C" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="61285BB6" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maritiem Materieel </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="645342E3" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.410.739</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="6939DC46" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.333.895</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="6BC45327" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19.684</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="2B13B6A7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="34620005" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="2EA79EAD" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Land Materieel </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="6F7F2B09" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.388.349</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="7CA2F073" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.550.994</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="11EF7978" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="2780D450" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="2E52F824" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="40063DE4" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lucht Materieel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="4A81323D" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.583.572</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="597122E7" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.435.714</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="6454E277" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.840</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="1747E22D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="145DB5D1" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="6A14C19B" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Infrastructuur en Vastgoed </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="3954375E" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.851.029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="6EDCE5BD" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.527.840</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="2B6686A3" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20.270</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="38CE2FB1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="3BBC8C59" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="4B610E6B" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="657301C6" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.051.151</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="08180025" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.919.384</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="1BCA3E8C" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16.769</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="2C237B12" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="590860EE" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="317B7D2D" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Overige Uitgaven en Ontvangsten</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="697E04B5" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="22877A08" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="42615C6C" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="37C3F39C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="6835213A" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="5948970B" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="50D76D31" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="7384D5BA" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="4A08341C" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="7DB74027" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="73656E8D" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="154F10FC" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Subtotaal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="154B4D78" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-[...3 lines deleted...]
-              <w:t>Ontvangsten</w:t>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14.499.121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="04E7B7BC" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13.525.299</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="4880512E" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>154.779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00C3645C" w:rsidR="00C3645C" w:rsidTr="00D93944" w14:paraId="60CEA7CD" w14:textId="77777777">
-[...201 lines deleted...]
-              <w:t>85.716</w:t>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="71DAB4E5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="7A250E54" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="7AA39796" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voordelig eindsaldo (cumulatief) vorig jaar </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="70FB450F" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="72953C1E" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="62304BD9" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00C3645C" w:rsidR="00C3645C" w:rsidTr="00D93944" w14:paraId="38361C44" w14:textId="77777777">
-[...190 lines deleted...]
-              <w:t>19.684</w:t>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="73112E20" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="6E5AB910" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="297A8F07" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Subtotaal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="5DCDCEE4" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14.499.121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="3B86E861" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13.525.299</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="418DAC20" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>154.779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00C3645C" w:rsidR="00C3645C" w:rsidTr="00D93944" w14:paraId="4A33134E" w14:textId="77777777">
-[...190 lines deleted...]
-              <w:t>2.500</w:t>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="4369686F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="75236E0B" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="6B4195E7" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voordelig eindsaldo (cumulatief) vorig jaar </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="4E20AD23" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="569EF90C" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="2BC51954" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13.370.520</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00C3645C" w:rsidR="00C3645C" w:rsidTr="00D93944" w14:paraId="3EBA3EC5" w14:textId="77777777">
-[...988 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+      <w:tr w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidTr="007B4192" w14:paraId="34784284" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="3DD837A7" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="2ADBC687" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Totaal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="4C5C001C" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14.499.121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="007D0E90" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13.525.299</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="5B9BD5" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007B4192" w:rsidR="007B4192" w:rsidP="007B4192" w:rsidRDefault="007B4192" w14:paraId="58A45C5D" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:ind w:right="-2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-[...243 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-[...487 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13.525.299</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="00FE48F3" w:rsidR="00FE48F3" w:rsidP="00FE48F3" w:rsidRDefault="00FE48F3" w14:paraId="23F11396" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00FE48F3" w:rsidR="00FE48F3" w:rsidP="00FE48F3" w:rsidRDefault="00FE48F3" w14:paraId="408F211E" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
@@ -4074,72 +4115,72 @@
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="002168F4" w:rsidR="00FE48F3" w:rsidSect="00A11E73">
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="357" w:footer="1440" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29C055D4" w14:textId="77777777" w:rsidR="007E4E3A" w:rsidRDefault="007E4E3A">
+    <w:p w14:paraId="04EEDAB2" w14:textId="77777777" w:rsidR="0089645F" w:rsidRDefault="0089645F">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47D211D0" w14:textId="77777777" w:rsidR="007E4E3A" w:rsidRDefault="007E4E3A">
+    <w:p w14:paraId="2C12CCA6" w14:textId="77777777" w:rsidR="0089645F" w:rsidRDefault="0089645F">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2D6B3E8C" w14:textId="77777777" w:rsidR="007E4E3A" w:rsidRDefault="007E4E3A">
+    <w:p w14:paraId="400363A6" w14:textId="77777777" w:rsidR="0089645F" w:rsidRDefault="0089645F">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
@@ -4147,56 +4188,50 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -4280,125 +4315,130 @@
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="002168F4">
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="109CA6B2" w14:textId="77777777" w:rsidR="002168F4" w:rsidRPr="002168F4" w:rsidRDefault="002168F4" w:rsidP="002168F4">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A289071" w14:textId="77777777" w:rsidR="007E4E3A" w:rsidRDefault="007E4E3A">
+    <w:p w14:paraId="5B88408C" w14:textId="77777777" w:rsidR="0089645F" w:rsidRDefault="0089645F">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F607766" w14:textId="77777777" w:rsidR="007E4E3A" w:rsidRDefault="007E4E3A">
+    <w:p w14:paraId="311E28F6" w14:textId="77777777" w:rsidR="0089645F" w:rsidRDefault="0089645F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="210"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE48F3"/>
     <w:rsid w:val="00012DBE"/>
     <w:rsid w:val="00063670"/>
     <w:rsid w:val="000A1D81"/>
     <w:rsid w:val="00111ED3"/>
     <w:rsid w:val="00197796"/>
     <w:rsid w:val="001C190E"/>
     <w:rsid w:val="001F7173"/>
     <w:rsid w:val="002168F4"/>
     <w:rsid w:val="002A727C"/>
     <w:rsid w:val="005453BD"/>
     <w:rsid w:val="005D2707"/>
     <w:rsid w:val="00606255"/>
+    <w:rsid w:val="00656AAE"/>
     <w:rsid w:val="006B5F85"/>
     <w:rsid w:val="006B607A"/>
+    <w:rsid w:val="007B4192"/>
     <w:rsid w:val="007D451C"/>
     <w:rsid w:val="007E4E3A"/>
     <w:rsid w:val="00826224"/>
+    <w:rsid w:val="008740D1"/>
+    <w:rsid w:val="0089645F"/>
     <w:rsid w:val="00930A23"/>
     <w:rsid w:val="009C7354"/>
     <w:rsid w:val="009E6D7F"/>
     <w:rsid w:val="00A11E73"/>
     <w:rsid w:val="00A2521E"/>
     <w:rsid w:val="00AE436A"/>
     <w:rsid w:val="00C05A25"/>
     <w:rsid w:val="00C135B1"/>
     <w:rsid w:val="00C3645C"/>
     <w:rsid w:val="00C92DF8"/>
     <w:rsid w:val="00CB3578"/>
     <w:rsid w:val="00D20AFA"/>
     <w:rsid w:val="00D55648"/>
     <w:rsid w:val="00D93944"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E36EE9"/>
     <w:rsid w:val="00E96EA2"/>
     <w:rsid w:val="00EA3F47"/>
     <w:rsid w:val="00F13442"/>
     <w:rsid w:val="00F956D4"/>
     <w:rsid w:val="00FE48F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -5526,50 +5566,61 @@
     <w:basedOn w:val="Standaard"/>
   </w:style>
   <w:style w:type="character" w:styleId="Paginanummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:rsid w:val="002168F4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="dossiernr-text">
     <w:name w:val="dossiernr-text"/>
     <w:rsid w:val="00FE48F3"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="begrotingshoofdstuk-text">
     <w:name w:val="begrotingshoofdstuk-text"/>
     <w:rsid w:val="00FE48F3"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revisie">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007B4192"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\GriffieSjablonen\wet.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5836,73 +5887,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>3</ap:Pages>
-  <ap:Words>346</ap:Words>
-  <ap:Characters>2053</ap:Characters>
+  <ap:Words>377</ap:Words>
+  <ap:Characters>2074</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:Lines>17</ap:Lines>
   <ap:Paragraphs>4</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>2395</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>2447</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>737000711</vt:i4>