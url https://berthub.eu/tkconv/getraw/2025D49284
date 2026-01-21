--- v0 (2025-12-02)
+++ v1 (2026-01-21)
@@ -1282,57 +1282,60 @@
       <w:r w:rsidR="00BF4EF9">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00873615" w:rsidR="00873615">
         <w:t>”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C030DD" w:rsidR="00C030DD" w:rsidP="00C030DD" w:rsidRDefault="00C030DD" w14:paraId="2D613FD2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C030DD" w:rsidP="00C030DD" w:rsidRDefault="00C030DD" w14:paraId="56E3D9DA" w14:textId="4DA50F66">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
       </w:pPr>
       <w:r>
         <w:t>IV</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C030DD" w:rsidR="00C030DD" w:rsidP="00C030DD" w:rsidRDefault="00C030DD" w14:paraId="7E2953E3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C030DD" w:rsidP="009C032F" w:rsidRDefault="009C032F" w14:paraId="72EDF7E7" w14:textId="7C16F119">
+    <w:p w:rsidR="00C030DD" w:rsidP="009C032F" w:rsidRDefault="00802A48" w14:paraId="72EDF7E7" w14:textId="41E7C6A3">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:ind w:left="284"/>
       </w:pPr>
       <w:r>
-        <w:t>Onderdeel H komt te luiden:</w:t>
+        <w:t>Artikel I, o</w:t>
+      </w:r>
+      <w:r w:rsidR="009C032F">
+        <w:t>nderdeel H komt te luiden:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C032F" w:rsidP="009C032F" w:rsidRDefault="009C032F" w14:paraId="2FC74B5C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009C032F" w:rsidP="009C032F" w:rsidRDefault="009C032F" w14:paraId="028FB8DC" w14:textId="420909D3">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
       </w:pPr>
       <w:r>
         <w:t>H</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C032F" w:rsidP="009C032F" w:rsidRDefault="009C032F" w14:paraId="4F951F4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009C032F" w:rsidP="009C032F" w:rsidRDefault="009C032F" w14:paraId="37787A9A" w14:textId="0E214129">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
       </w:pPr>
       <w:r>
@@ -2395,51 +2398,51 @@
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1686786588">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1839614698">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="536162170">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="541332772">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1525820502">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -2493,72 +2496,74 @@
     <w:rsid w:val="004330ED"/>
     <w:rsid w:val="00475DEC"/>
     <w:rsid w:val="0047613C"/>
     <w:rsid w:val="00481C91"/>
     <w:rsid w:val="00484C0F"/>
     <w:rsid w:val="004911E3"/>
     <w:rsid w:val="00497D57"/>
     <w:rsid w:val="004A1E29"/>
     <w:rsid w:val="004A7DD4"/>
     <w:rsid w:val="004B39C0"/>
     <w:rsid w:val="004B50D8"/>
     <w:rsid w:val="004B5B90"/>
     <w:rsid w:val="004C161E"/>
     <w:rsid w:val="004C4DF0"/>
     <w:rsid w:val="004F25EF"/>
     <w:rsid w:val="00501109"/>
     <w:rsid w:val="00502FC6"/>
     <w:rsid w:val="00557144"/>
     <w:rsid w:val="0056456E"/>
     <w:rsid w:val="005703C9"/>
     <w:rsid w:val="00577869"/>
     <w:rsid w:val="0059589E"/>
     <w:rsid w:val="00597703"/>
     <w:rsid w:val="005A6097"/>
     <w:rsid w:val="005B1DCC"/>
+    <w:rsid w:val="005B2086"/>
     <w:rsid w:val="005B39E3"/>
     <w:rsid w:val="005B7323"/>
     <w:rsid w:val="005C038C"/>
     <w:rsid w:val="005C25B9"/>
     <w:rsid w:val="005C553C"/>
     <w:rsid w:val="006267E6"/>
     <w:rsid w:val="0063082C"/>
     <w:rsid w:val="00637398"/>
     <w:rsid w:val="006558D2"/>
     <w:rsid w:val="00672D25"/>
     <w:rsid w:val="006738BC"/>
     <w:rsid w:val="00685CC9"/>
     <w:rsid w:val="006D3E69"/>
     <w:rsid w:val="006E0971"/>
     <w:rsid w:val="006F6D5D"/>
     <w:rsid w:val="006F71A3"/>
     <w:rsid w:val="00714809"/>
     <w:rsid w:val="007709F6"/>
     <w:rsid w:val="00783215"/>
     <w:rsid w:val="007965FC"/>
     <w:rsid w:val="007B10C5"/>
     <w:rsid w:val="007D2608"/>
+    <w:rsid w:val="00802A48"/>
     <w:rsid w:val="008164E5"/>
     <w:rsid w:val="00830081"/>
     <w:rsid w:val="008467D7"/>
     <w:rsid w:val="00852541"/>
     <w:rsid w:val="00865D47"/>
     <w:rsid w:val="00873615"/>
     <w:rsid w:val="0088452C"/>
     <w:rsid w:val="008D7DCB"/>
     <w:rsid w:val="009055DB"/>
     <w:rsid w:val="00905ECB"/>
     <w:rsid w:val="00921E24"/>
     <w:rsid w:val="00922851"/>
     <w:rsid w:val="009303DA"/>
     <w:rsid w:val="0093509D"/>
     <w:rsid w:val="009513E8"/>
     <w:rsid w:val="0096165D"/>
     <w:rsid w:val="00984229"/>
     <w:rsid w:val="00993E91"/>
     <w:rsid w:val="009A409F"/>
     <w:rsid w:val="009A79F2"/>
     <w:rsid w:val="009B1FA0"/>
     <w:rsid w:val="009B5845"/>
     <w:rsid w:val="009C032F"/>
     <w:rsid w:val="009C0C1F"/>
     <w:rsid w:val="009C551B"/>
@@ -3914,73 +3919,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>4</ap:Pages>
-  <ap:Words>1437</ap:Words>
-  <ap:Characters>7908</ap:Characters>
+  <ap:Words>1375</ap:Words>
+  <ap:Characters>7981</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>65</ap:Lines>
+  <ap:Lines>66</ap:Lines>
   <ap:Paragraphs>18</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>amt</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>9327</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>9338</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2025-03-06T16:43:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>