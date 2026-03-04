--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -42,90 +42,151 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6590"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00F13442" w14:paraId="7131D2C2" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9142" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="0081549B" w:rsidR="00CB3578" w:rsidP="00E37F3D" w:rsidRDefault="00E37F3D" w14:paraId="3B3812B1" w14:textId="3140724D">
+          <w:p w:rsidRPr="0081549B" w:rsidR="00CB3578" w:rsidP="00E37F3D" w:rsidRDefault="00E37F3D" w14:paraId="3B3812B1" w14:textId="754186D4">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0081549B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Bijgewerkt t/m nr. </w:t>
             </w:r>
-            <w:r w:rsidRPr="0081549B" w:rsidR="00E25243">
+            <w:r w:rsidR="0054738A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">4 (nota van wijziging d.d. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0081549B" w:rsidR="0081549B">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0081549B" w:rsidR="00E25243">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>8 december 2025)</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="000A3F00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3F00" w:rsidR="000A3F00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="000A3F00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0081549B" w:rsidR="00E25243">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">nota van wijziging d.d. </w:t>
+            </w:r>
+            <w:r w:rsidR="0054738A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">15 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0081549B" w:rsidR="0081549B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>december 2025)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="31C2EEC8" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -901,73 +962,114 @@
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BA3D1B" w:rsidP="00BA3D1B" w:rsidRDefault="00BA3D1B" w14:paraId="0C54A2D4" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00BA3D1B" w:rsidR="00BA3D1B" w:rsidP="00BA3D1B" w:rsidRDefault="00BA3D1B" w14:paraId="1061293D" w14:textId="4F8FAB07">
+    <w:p w:rsidR="007E33B9" w:rsidP="00BA3D1B" w:rsidRDefault="00BA3D1B" w14:paraId="14C20109" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BA3D1B">
+    </w:p>
+    <w:p w:rsidR="007E33B9" w:rsidRDefault="007E33B9" w14:paraId="4A5DDE98" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00BA3D1B" w:rsidR="00BA3D1B" w:rsidP="00BA3D1B" w:rsidRDefault="007E33B9" w14:paraId="1061293D" w14:textId="64A801B4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BA3D1B" w:rsidR="00BA3D1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lasten en bevelen dat deze in het Staatsblad zal worden geplaatst en dat alle ministeries, autoriteiten, colleges en ambtenaren die zulks aangaat, aan de nauwkeurige uitvoering de hand zullen houden.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00BA3D1B" w:rsidR="00BA3D1B" w:rsidP="00BA3D1B" w:rsidRDefault="00BA3D1B" w14:paraId="293ABF2B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BA3D1B" w:rsidR="00BA3D1B" w:rsidP="00BA3D1B" w:rsidRDefault="00BA3D1B" w14:paraId="5EE5A6E0" w14:textId="77777777">
       <w:pPr>
@@ -1105,5127 +1207,4474 @@
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BA3D1B" w:rsidP="00BA3D1B" w:rsidRDefault="00BA3D1B" w14:paraId="6278CE4F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA3D1B" w:rsidP="00BA3D1B" w:rsidRDefault="00BA3D1B" w14:paraId="3FA783F2" w14:textId="7C345737">
+    <w:p w:rsidR="007E33B9" w:rsidP="007E33B9" w:rsidRDefault="00BA3D1B" w14:paraId="4D24EE6A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA3D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>De Minister van Defensie,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0591D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E33B9" w:rsidP="007E33B9" w:rsidRDefault="007E33B9" w14:paraId="1CDB3619" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E33B9" w:rsidP="007E33B9" w:rsidRDefault="007E33B9" w14:paraId="20B70B8A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E33B9" w:rsidP="007E33B9" w:rsidRDefault="007E33B9" w14:paraId="2942784A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E33B9" w:rsidP="007E33B9" w:rsidRDefault="007E33B9" w14:paraId="760D6979" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E33B9" w:rsidP="007E33B9" w:rsidRDefault="007E33B9" w14:paraId="7B9448CE" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E33B9" w:rsidP="007E33B9" w:rsidRDefault="007E33B9" w14:paraId="02B9FECD" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E33B9" w:rsidP="007E33B9" w:rsidRDefault="007E33B9" w14:paraId="3470AA9B" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E33B9" w:rsidP="007E33B9" w:rsidRDefault="007E33B9" w14:paraId="614DD5A0" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F0591D" w:rsidP="007E33B9" w:rsidRDefault="007E33B9" w14:paraId="268BAF4B" w14:textId="02093964">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA3D1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>De Minister van Defensie,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002168F4" w:rsidR="00BA3D1B" w:rsidP="00BA3D1B" w:rsidRDefault="00BA3D1B" w14:paraId="782DF44D" w14:textId="10D1C69E">
+    <w:p w:rsidR="00F0591D" w:rsidP="00F0591D" w:rsidRDefault="00F0591D" w14:paraId="790EB733" w14:textId="77777777">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9694" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="795"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1089"/>
+        <w:gridCol w:w="309"/>
+        <w:gridCol w:w="2119"/>
+        <w:gridCol w:w="1431"/>
+        <w:gridCol w:w="1112"/>
+        <w:gridCol w:w="1240"/>
+        <w:gridCol w:w="1139"/>
+        <w:gridCol w:w="733"/>
+        <w:gridCol w:w="987"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="6C84DF9B" w14:textId="77777777">
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="1272F975" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9694" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcMar>
               <w:top w:w="22" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="22" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidP="00320FC9" w:rsidRDefault="00320FC9" w14:paraId="4F07779F" w14:textId="77777777">
-[...23 lines deleted...]
-              <w:t>Wijziging van de begrotingsstaat van het Ministerie van Defensie (X) voor het jaar 2025 (bedragen x € 1.000)</w:t>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="7AD9D951" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="kio2-table-title"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Wijziging begrotingsstaat van het Ministerie van Defensie (X) voor het jaar 2025 (bedragen x € 1.000)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="388DA735" w14:textId="77777777">
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="6876ECC3" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidP="00320FC9" w:rsidRDefault="00320FC9" w14:paraId="40833D23" w14:textId="77777777">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="5FD8A8E3" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:kern w:val="3"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Art.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidP="00320FC9" w:rsidRDefault="00320FC9" w14:paraId="05CD3D10" w14:textId="77777777">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="15D3ECD3" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:kern w:val="3"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Omschrijving</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3315" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidP="00320FC9" w:rsidRDefault="00320FC9" w14:paraId="2DAC3E05" w14:textId="77777777">
-[...4 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="7E3124C1" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:kern w:val="3"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">Vastgestelde begroting (incl. Suppletoire begrotingen, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00320FC9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>NvW</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00320FC9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve"> en amendementen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3306" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidP="00320FC9" w:rsidRDefault="00320FC9" w14:paraId="43D409ED" w14:textId="77777777">
-[...4 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="3E5BF29B" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:kern w:val="3"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">Mutaties 2e suppletoire begroting (incl. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00320FC9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>NvW</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00320FC9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="0445EAF7" w14:textId="77777777">
-[...85 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="560FAEEF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="3565E77B" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="216E3014" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="1B37334E" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Verplichtingen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="2FB7E81E" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Uitgaven</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="3D5083E4" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Ontvangsten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="54E0961F" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Verplichtingen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="46EC0A5D" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Uitgaven</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="68566939" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Ontvangsten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="2A50D4BE" w14:textId="77777777">
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="10D32F45" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="32B6F100" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="2F484F3D" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Totaal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="0414A085" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>23.550.133</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="265EBB20" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>14.909.940</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="1B3D85EE" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>298.535</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="2247C3FE" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-[...24 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>1.725.951</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="3636BA85" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>802.644</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="6C9E5296" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>133.295</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="41806FDB" w14:textId="77777777">
-[...218 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="0746B429" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="10C91767" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="0D9379C7" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="6DB372F9" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="184EB6B1" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="1EC35E13" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="47FCB41A" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="449621F0" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="4EA0BB85" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="17118926" w14:textId="77777777">
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="42C59031" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="3E7A5060" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="756A57A7" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Beleidsartikelen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...160 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="0BB18746" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="349F4798" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="5D8A70C7" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="231564FA" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="06CF86C4" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="6271CCAA" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="24C22430" w14:textId="77777777">
-[...29 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="03E46D65" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="30397A00" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="280A0F71" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Inzet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="24FF39CB" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>5.027.215</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="6E58EF1E" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>4.377.894</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="64DA51F3" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>151.718</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="2686C174" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1.054.558</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="1AB84161" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>804.558</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="29B0EF98" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>128.058</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="24F5A4DA" w14:textId="77777777">
-[...29 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="210ED1B1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="6D4560A1" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="1998EF63" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Koninklijke Marine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="1B2455D9" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1.213.641</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="5BFE381A" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1.284.867</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="42BB2838" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>12.324</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="2102BFF7" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>55.606</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="018B357C" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>22.877</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="548F85DA" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="25E6FFCA" w14:textId="77777777">
-[...29 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="4B4E3290" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="508F3BE8" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="21FA0D7F" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Koninklijke Landmacht</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="10E48F4A" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>2.144.326</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="2B59CEAB" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>2.144.326</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="2F5A4639" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>8.054</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="3544B2DA" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>115.770</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="278E2D3D" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>48.252</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="146A410C" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="21FA0EF9" w14:textId="77777777">
-[...29 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="7716DAC6" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="11F6A9EA" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="3EE12331" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Koninklijke Luchtmacht</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="5E0FD695" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1.015.291</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="20A7EC6B" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1.030.291</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="652599FD" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>12.111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="6E9165EF" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>180.735</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="5B0078A9" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>21.735</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="3C21C888" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>4.700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="18EAA3F9" w14:textId="77777777">
-[...29 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="708DCFA1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="42D3E82C" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="567EBEC5" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Koninklijke Marechaussee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="57695CCA" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>835.016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="00198754" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>841.016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="6E69621A" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>4.459</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="5BE56F50" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>4.542</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="0BEC3EE3" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒ 10.167</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="01353062" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="3A887299" w14:textId="77777777">
-[...29 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="637D8DBB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="0B633DE4" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="794A1024" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Commando Materieel en IT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="295A3DC0" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>988.088</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="05FFAE38" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1.012.006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="3CCB480D" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>25.765</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="5D97ECEB" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>43.299</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="2868D72D" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>19.299</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="5913B116" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="5E9D3800" w14:textId="77777777">
-[...29 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="03B09D5B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="62B3189F" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="0BC475DD" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Defensie Ondersteuningscommando</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="0AEA5A8F" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1.857.403</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="5BA0C70F" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1.872.318</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="4201839C" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>74.195</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="4F22C67F" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>13.460</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="0425D347" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒ 15.740</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="3A26F5CD" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="002126CF" w14:textId="77777777">
-[...218 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="384ACA72" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="29916468" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="49C5B409" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="40989755" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="38F27E75" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="49EA1B88" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="352EFFC2" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="671676AA" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="63D332A5" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="57A1B6B9" w14:textId="77777777">
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="1E266BDA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="28453D79" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="03541E6E" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="3"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Niet-beleidsartikelen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...160 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="4D2022C6" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="64E2E457" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="6F5EC95A" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="225F632E" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="406C9B53" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="218FA129" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="626B147D" w14:textId="77777777">
-[...29 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="76B57493" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="43044863" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="1659CEAA" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Algemeen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="0E5A1B4A" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>267.532</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="31D59CF5" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>268.134</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="6AF329E2" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1.600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="0D9ABCDD" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>29.079</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="044C2435" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>28.096</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="7815C863" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="26304232" w14:textId="77777777">
-[...29 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="7C45CD89" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="2A4619EC" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="5E5D4993" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Apparaat kerndepartement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="3BDC7A3F" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>10.083.178</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="144AA7AB" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1.960.645</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="0F0F0A5D" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>8.309</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="4F0D50F3" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...34 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>322.296</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="4CE758D6" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒ 22.872</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="6247EC6C" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="47385E22" w14:textId="77777777">
-[...29 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="168233DB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="1CEB0CF6" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="005D0D84" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Geheim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="0CDC33C2" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>25.049</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="76BA52CC" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>25.049</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="6507429A" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="6292EB3B" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="395715BE" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="5CE9F5A9" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00320FC9" w:rsidR="00320FC9" w:rsidTr="00363AF0" w14:paraId="305BC6A1" w14:textId="77777777">
-[...29 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidTr="00F10F81" w14:paraId="7E1B6FA0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="1C0C1BC6" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="17922BC9" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Nog onverdeeld</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="5DA681FA" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>93.394</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="57D54A5B" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>93.394</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="2C926C89" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="085A97B1" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒ 93.394</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="167A2590" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒ 93.394</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="009EE0" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="22" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="22" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F10F81" w:rsidR="00F10F81" w:rsidP="006D6831" w:rsidRDefault="00F10F81" w14:paraId="66FFCAFE" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="p-table"/>
               <w:jc w:val="right"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F10F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>‒</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00BA3D1B" w:rsidRDefault="00CB3578" w14:paraId="410BC93F" w14:textId="7440E213">
+    <w:p w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidP="00F0591D" w:rsidRDefault="00F0591D" w14:paraId="410BC93F" w14:textId="57D09C72">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002168F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidSect="00A11E73">
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="357" w:footer="1440" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13C3DB7F" w14:textId="77777777" w:rsidR="0023674D" w:rsidRDefault="0023674D">
+    <w:p w14:paraId="25E1936F" w14:textId="77777777" w:rsidR="00C12FD5" w:rsidRDefault="00C12FD5">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30757D18" w14:textId="77777777" w:rsidR="0023674D" w:rsidRDefault="0023674D">
+    <w:p w14:paraId="44CCCDDE" w14:textId="77777777" w:rsidR="00C12FD5" w:rsidRDefault="00C12FD5">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6A0C1719" w14:textId="77777777" w:rsidR="0023674D" w:rsidRDefault="0023674D">
+    <w:p w14:paraId="7F212094" w14:textId="77777777" w:rsidR="00C12FD5" w:rsidRDefault="00C12FD5">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
@@ -6233,50 +5682,57 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DejaVu Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A246029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
@@ -6366,141 +5822,150 @@
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="002168F4">
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="26139592" w14:textId="77777777" w:rsidR="002168F4" w:rsidRPr="002168F4" w:rsidRDefault="002168F4" w:rsidP="002168F4">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D18DC81" w14:textId="77777777" w:rsidR="0023674D" w:rsidRDefault="0023674D">
+    <w:p w14:paraId="36DCF298" w14:textId="77777777" w:rsidR="00C12FD5" w:rsidRDefault="00C12FD5">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45F60209" w14:textId="77777777" w:rsidR="0023674D" w:rsidRDefault="0023674D">
+    <w:p w14:paraId="0266607A" w14:textId="77777777" w:rsidR="00C12FD5" w:rsidRDefault="00C12FD5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA3D1B"/>
     <w:rsid w:val="00012DBE"/>
+    <w:rsid w:val="00035B3E"/>
     <w:rsid w:val="000A1D81"/>
+    <w:rsid w:val="000A3F00"/>
     <w:rsid w:val="00111ED3"/>
     <w:rsid w:val="001C190E"/>
     <w:rsid w:val="002168F4"/>
     <w:rsid w:val="0023674D"/>
     <w:rsid w:val="002662B9"/>
     <w:rsid w:val="002A727C"/>
     <w:rsid w:val="00320FC9"/>
+    <w:rsid w:val="0054738A"/>
     <w:rsid w:val="005D2707"/>
     <w:rsid w:val="00606255"/>
+    <w:rsid w:val="00652E00"/>
     <w:rsid w:val="006B607A"/>
     <w:rsid w:val="007D451C"/>
+    <w:rsid w:val="007E33B9"/>
     <w:rsid w:val="00803DA7"/>
     <w:rsid w:val="0081549B"/>
     <w:rsid w:val="00826224"/>
     <w:rsid w:val="008E7557"/>
     <w:rsid w:val="00930A23"/>
     <w:rsid w:val="009C7354"/>
+    <w:rsid w:val="009D5C3E"/>
     <w:rsid w:val="009E6D7F"/>
     <w:rsid w:val="00A11E73"/>
     <w:rsid w:val="00A2521E"/>
     <w:rsid w:val="00AE436A"/>
     <w:rsid w:val="00BA3D1B"/>
+    <w:rsid w:val="00C12FD5"/>
     <w:rsid w:val="00C135B1"/>
     <w:rsid w:val="00C92DF8"/>
     <w:rsid w:val="00CB3578"/>
     <w:rsid w:val="00D20AFA"/>
     <w:rsid w:val="00D55648"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E25243"/>
     <w:rsid w:val="00E36EE9"/>
     <w:rsid w:val="00E37F3D"/>
+    <w:rsid w:val="00F0591D"/>
+    <w:rsid w:val="00F10F81"/>
     <w:rsid w:val="00F13442"/>
     <w:rsid w:val="00F337CE"/>
     <w:rsid w:val="00F956D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -7592,50 +7057,88 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="dossiertitel">
     <w:name w:val="dossiertitel"/>
     <w:basedOn w:val="Standaard"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="documentdatum">
     <w:name w:val="documentdatum"/>
     <w:basedOn w:val="Standaard"/>
     <w:rPr>
       <w:i/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="vergaderjaar">
     <w:name w:val="vergaderjaar"/>
     <w:basedOn w:val="Standaard"/>
   </w:style>
   <w:style w:type="character" w:styleId="Paginanummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:rsid w:val="002168F4"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p-table">
+    <w:name w:val="p-table"/>
+    <w:rsid w:val="00F10F81"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="DejaVu Sans" w:eastAsia="Arial Unicode MS" w:hAnsi="DejaVu Sans" w:cs="Tahoma"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="kio2-table-title">
+    <w:name w:val="kio2-table-title"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rsid w:val="00F10F81"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl w:val="0"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="009EE0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="20" w:line="220" w:lineRule="exact"/>
+      <w:ind w:firstLine="142"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="DejaVu Sans" w:eastAsia="Arial Unicode MS" w:hAnsi="DejaVu Sans" w:cs="Tahoma"/>
+      <w:color w:val="FFFFFF"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\GriffieSjablonen\wet.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -7902,73 +7405,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>2</ap:Pages>
-  <ap:Words>374</ap:Words>
-  <ap:Characters>2233</ap:Characters>
+  <ap:Words>376</ap:Words>
+  <ap:Characters>2267</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:Lines>18</ap:Lines>
   <ap:Paragraphs>5</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>2602</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>2638</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>737000711</vt:i4>