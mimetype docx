--- v0 (2025-12-18)
+++ v1 (2026-02-13)
@@ -1,1170 +1,660 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="0080277C" w:rsidP="0080277C" w:rsidRDefault="0080277C" w14:paraId="1A762BCC" w14:textId="7B7B225C">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2622"/>
+        <w:gridCol w:w="6590"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003B4752" w14:paraId="7E7A0D74" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9212" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4752" w:rsidRDefault="003B4752" w14:paraId="1760FA96" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4752" w14:paraId="11231311" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9212" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4752" w:rsidRDefault="003B4752" w14:paraId="2B63077D" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009833D1" w14:paraId="6D57B929" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009833D1" w:rsidRDefault="002A301D" w14:paraId="099F1FB0" w14:textId="6A270E1A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>36 765</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6590" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="002A301D" w:rsidR="009833D1" w:rsidP="002A301D" w:rsidRDefault="002A301D" w14:paraId="388F525E" w14:textId="540CF211">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A301D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Regels ter implementatie van Richtlijn (EU) 2022/2557 van het Europees Parlement en de Raad van 14 december 2022 betreffende de weerbaarheid van kritieke entiteiten en tot intrekking van Richtlijn 2008/114/EG van de Raad (PbEU 2022, L 333) (Wet weerbaarheid kritieke entiteiten)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4752" w14:paraId="0573F330" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4752" w:rsidRDefault="003B4752" w14:paraId="59675201" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6590" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4752" w:rsidRDefault="003B4752" w14:paraId="6BC1D0CB" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4752" w14:paraId="7D59F750" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4752" w:rsidRDefault="003B4752" w14:paraId="4C451A3B" w14:textId="539A9B41">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nr. </w:t>
+            </w:r>
+            <w:r w:rsidR="002A301D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6590" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4752" w:rsidRDefault="002A301D" w14:paraId="120C2034" w14:textId="72776882">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">TWEEDE </w:t>
+            </w:r>
+            <w:r w:rsidR="003B4752">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>NOTA VAN WIJZIGING</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4752" w:rsidP="009833D1" w:rsidRDefault="003B4752" w14:paraId="763C2B67" w14:textId="6AFA7EC5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ontvangen </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A301D" w:rsidR="002A301D">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>20 januari 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009833D1" w:rsidP="00FE223B" w:rsidRDefault="009833D1" w14:paraId="7F71C3A6" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Geenafstand"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="002A301D" w:rsidR="002A301D" w:rsidP="002A301D" w:rsidRDefault="002A301D" w14:paraId="2AAB5351" w14:textId="03C24D41">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A301D">
+        <w:t>Het voorstel van wet wordt als volgt gewijzigd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="002A301D" w:rsidR="002A301D" w:rsidP="002A301D" w:rsidRDefault="002A301D" w14:paraId="09A82145" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="002A301D" w:rsidR="002A301D" w:rsidP="002A301D" w:rsidRDefault="002A301D" w14:paraId="12111B8D" w14:textId="501A6CC9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A301D">
+        <w:t xml:space="preserve">In artikel 24, tweede lid, wordt “een kritieke entiteit die niet behoort tot een in de bijlage van deze wet genoemde sector” vervangen door “een kritieke entiteit die behoort tot een op grond van artikel 7, eerste lid, aangewezen sector, subsector of categorie van entiteiten”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="002A301D" w:rsidR="002A301D" w:rsidP="002A301D" w:rsidRDefault="002A301D" w14:paraId="72EA88D1" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="002A301D" w:rsidR="002A301D" w:rsidP="002A301D" w:rsidRDefault="002A301D" w14:paraId="2A8F9F75" w14:textId="0A0533DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0080277C">
+      <w:r w:rsidRPr="002A301D">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>36765 Regels ter implementatie van Richtlijn (EU) 2022/2557 van het Europees Parlement en de Raad van 14 december 2022 betreffende de weerbaarheid van kritieke entiteiten en tot intrekking van Richtlijn 2008/114/EG van de Raad (</w:t>
-[...131 lines deleted...]
-        <w:t>een kritieke entiteit die niet behoort tot een</w:t>
+        <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>oelichting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="002A301D" w:rsidR="002A301D" w:rsidP="002A301D" w:rsidRDefault="002A301D" w14:paraId="62E503C6" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="002A301D" w:rsidR="002A301D" w:rsidP="002A301D" w:rsidRDefault="002A301D" w14:paraId="06CEAC95" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="002A301D">
+        <w:t xml:space="preserve">Deze nota van wijziging wijzigt artikel 24, tweede lid, van het wetsvoorstel Wet weerbaarheid kritieke entiteiten (hierna: Wwke) en is technisch van aard. De hierin geregelde wijziging houdt verband met de wijziging van artikel 7, eerste lid, Wwke bij nota van wijziging van 4 november 2025. Er is toen over het hoofd gezien dat ook artikel 24, tweede lid, Wwke moet worden gewijzigd als gevolg van de wijziging van artikel 7, eerste lid, Wwke. Artikel 24, tweede lid, Wwke ziet namelijk specifiek op de kritieke entiteiten, bedoeld in artikel 7, eerste lid, Wwke. Zonder wijziging van artikel 24, tweede lid, Wwke sluit de doelgroep van die bepaling niet meer aan op de groep, bedoeld in artikel 7, eerste lid, Wwke. Met deze nota van wijziging wordt deze omissie hersteld.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="002A301D" w:rsidR="002A301D" w:rsidP="002A301D" w:rsidRDefault="002A301D" w14:paraId="41BF87F3" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A301D" w:rsidP="002A301D" w:rsidRDefault="002A301D" w14:paraId="0CF54E3C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="002A301D">
+        <w:t xml:space="preserve">De Minister van Justitie en Veiligheid, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="002A301D" w:rsidR="002A301D" w:rsidP="002A301D" w:rsidRDefault="002A301D" w14:paraId="7F001C34" w14:textId="49969FE6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:t>TOELICHTING</w:t>
+        <w:t>F. van Oosten</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D3EEB" w:rsidP="00242E2F" w:rsidRDefault="000D3EEB" w14:paraId="30DB85A2" w14:textId="77777777">
+    <w:p w:rsidR="002A301D" w:rsidP="00FE223B" w:rsidRDefault="002A301D" w14:paraId="0A388E36" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Geenafstand"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F74AE" w:rsidP="00242E2F" w:rsidRDefault="000D3EEB" w14:paraId="0E67BDA9" w14:textId="38D987C2">
-[...407 lines deleted...]
-    <w:sectPr w:rsidRPr="00156235" w:rsidR="00031CE0">
+    <w:sectPr w:rsidR="002A301D" w:rsidSect="00961C1B">
+      <w:footerReference w:type="even" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:docGrid w:linePitch="326"/>
+      <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BF27C66" w14:textId="77777777" w:rsidR="00AD2923" w:rsidRDefault="00AD2923" w:rsidP="00AD2923">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="525278A3" w14:textId="77777777" w:rsidR="002A301D" w:rsidRDefault="002A301D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5372A7EA" w14:textId="77777777" w:rsidR="00AD2923" w:rsidRDefault="00AD2923" w:rsidP="00AD2923">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="10F9E58A" w14:textId="77777777" w:rsidR="002A301D" w:rsidRDefault="002A301D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1B45F5F0" w14:textId="77777777" w:rsidR="003B4752" w:rsidRDefault="003B4752">
+    <w:pPr>
+      <w:pStyle w:val="Voettekst"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Paginanummer"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Paginanummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Paginanummer"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Paginanummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="65F8AEE2" w14:textId="77777777" w:rsidR="003B4752" w:rsidRDefault="003B4752">
+    <w:pPr>
+      <w:pStyle w:val="Voettekst"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20649E53" w14:textId="77777777" w:rsidR="00AD2923" w:rsidRDefault="00AD2923" w:rsidP="00AD2923">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="23B62D98" w14:textId="77777777" w:rsidR="002A301D" w:rsidRDefault="002A301D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53F1E611" w14:textId="77777777" w:rsidR="00AD2923" w:rsidRDefault="00AD2923" w:rsidP="00AD2923">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="58E1B465" w14:textId="77777777" w:rsidR="002A301D" w:rsidRDefault="002A301D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
-[...3 lines deleted...]
-  <w:defaultTabStop w:val="708"/>
+  <w:zoom w:percent="120"/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="425"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="0"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00242E2F"/>
-[...114 lines deleted...]
-    <w:rsid w:val="00FD0CFD"/>
+    <w:rsidRoot w:val="002A301D"/>
+    <w:rsid w:val="002A301D"/>
+    <w:rsid w:val="003B4752"/>
+    <w:rsid w:val="004D5FF9"/>
+    <w:rsid w:val="007C02C8"/>
+    <w:rsid w:val="00961C1B"/>
+    <w:rsid w:val="009833D1"/>
+    <w:rsid w:val="009A6FE2"/>
+    <w:rsid w:val="00A23DA4"/>
+    <w:rsid w:val="00B73FB5"/>
+    <w:rsid w:val="00F5790A"/>
+    <w:rsid w:val="00FE223B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="43960237"/>
-  <w15:chartTrackingRefBased/>
+  <w14:docId w14:val="1EF1C40C"/>
+  <w15:docId w15:val="{C7BE721F-F493-46D4-B327-9B52F468EC36}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...104 lines deleted...]
-    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -1313,1139 +803,477 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00242E2F"/>
-[...14 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...180 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
-[...119 lines deleted...]
-    <w:name w:val="Title"/>
+  <w:style w:type="paragraph" w:styleId="Voettekst">
+    <w:name w:val="footer"/>
     <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00242E2F"/>
     <w:pPr>
-      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-[...97 lines deleted...]
-      <w:contextualSpacing/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Intensievebenadrukking">
-    <w:name w:val="Intense Emphasis"/>
+  <w:style w:type="character" w:styleId="Paginanummer">
+    <w:name w:val="page number"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:uiPriority w:val="21"/>
-[...206 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Koptekst">
     <w:name w:val="header"/>
     <w:basedOn w:val="Standaard"/>
     <w:link w:val="KoptekstChar"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00491A41"/>
+    <w:rsid w:val="009A6FE2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KoptekstChar">
     <w:name w:val="Koptekst Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Koptekst"/>
-    <w:uiPriority w:val="99"/>
-[...22 lines deleted...]
-    <w:rsid w:val="00491A41"/>
+    <w:rsid w:val="009A6FE2"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="632714534">
-[...38 lines deleted...]
-    <w:div w:id="1942370934">
+    <w:div w:id="568148901">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\GriffieSjablonen\nvw.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Kantoor">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Kantoor">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>1</ap:Pages>
-  <ap:Words>162</ap:Words>
-  <ap:Characters>1314</ap:Characters>
+  <ap:Words>235</ap:Words>
+  <ap:Characters>1297</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>38</ap:Lines>
-  <ap:Paragraphs>33</ap:Paragraphs>
+  <ap:Lines>10</ap:Lines>
+  <ap:Paragraphs>3</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:HeadingPairs>
+    <vt:vector baseType="variant" size="2">
+      <vt:variant>
+        <vt:lpstr>Titel</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </ap:HeadingPairs>
+  <ap:TitlesOfParts>
+    <vt:vector baseType="lpstr" size="1">
+      <vt:lpstr>26 732</vt:lpstr>
+    </vt:vector>
+  </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>1443</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>1529</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
-  <dc:subject/>
   <dc:creator/>
-  <keywords/>
-  <dc:description>------------------------</dc:description>
   <lastModifiedBy/>
   <revision/>
+  <lastPrinted>1900-12-31T22:00:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:description>------------------------</dc:description>
+  <dc:subject/>
+  <keywords/>
+  <version/>
   <category/>
-  <version/>
 </coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>
+  </property>
+</Properties>
+</file>