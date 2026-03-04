--- v0 (2026-01-09)
+++ v1 (2026-03-04)
@@ -1,471 +1,547 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00322B27" w14:paraId="042674D1" w14:textId="5E9A5968">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidRPr="001D142A" w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="009A7001" w14:paraId="042674D1" w14:textId="1AC64F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DEFINITIEF </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A" w:rsidR="00FE22D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OVERZICHT VERZOEKEN COMMISSIE-REGELING VAN WERKZAAMHEDEN VOLKSGEZONDHEID, WELZIJN EN SPORT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A" w:rsidR="00FE22D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001D142A" w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00FE22D8" w14:paraId="35D538C5" w14:textId="22730716">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woensdag </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A" w:rsidR="005552F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A" w:rsidR="00FA4C85">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A" w:rsidR="00083E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E0550" w:rsidR="00FE22D8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001D142A" w:rsidR="00FA4C85">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>januari</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A" w:rsidR="00825649">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A" w:rsidR="00FA4C85">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bij aanvang procedurevergadering om </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>10.15 uur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001D142A" w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00FE22D8" w14:paraId="4FEFB47C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001D142A" w:rsidR="001D142A" w:rsidP="001D142A" w:rsidRDefault="001D142A" w14:paraId="325DC6BA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">het lid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>VAN MEETELEN (PVV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); verzoek om het schriftelijk overleg (inbrengdatum 29 januari 2026) </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId5">
+        <w:r w:rsidRPr="001D142A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve">over de eenmalige reservering </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="001D142A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>backpay</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="001D142A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>-regeling voor weduwen en weduwnaars in te trekken</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001D142A" w:rsidR="001D142A" w:rsidP="001D142A" w:rsidRDefault="001D142A" w14:paraId="529D9174" w14:textId="607A55F4">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>het lid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:br/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WESTERVELD (GL-PvdA)</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0842">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> het verzoek te doen om een brief met de stand van zaken en de planning inzake de Goedkeuringswet Facultatief Protocol VN-Verdrag Handicap, te ontvangen voor het Wetgevingsoverleg Gehandicaptenbeleid (in het kader van de begrotingsbehandeling 2026) op 23 februari 2026;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00872CE4" w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00FE22D8" w14:paraId="35D538C5" w14:textId="22730716">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidRPr="001D142A" w:rsidR="001D142A" w:rsidP="001D142A" w:rsidRDefault="001D142A" w14:paraId="01E1FEB7" w14:textId="5192D5B1">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Voorstel van</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005552F8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>het lid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WENDEL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>om benoem</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0842">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> te worden als mede-rapporteur (naast het lid Van </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Meetelen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA4C85">
-[...68 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Europese tabakswetgeving</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00872CE4" w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00FE22D8" w14:paraId="4FEFB47C" w14:textId="77777777">
-[...133 lines deleted...]
-    <w:p w:rsidRPr="00872CE4" w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00FE22D8" w14:paraId="281F2B61" w14:textId="2E984471">
+    <w:p w:rsidRPr="001D142A" w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00FE22D8" w14:paraId="281F2B61" w14:textId="14765143">
       <w:pPr>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="323296"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00872CE4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="323296"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:t>Met vriendelijke groet,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00872CE4" w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00FE22D8" w14:paraId="4ECFF916" w14:textId="77777777">
+    <w:p w:rsidRPr="001D142A" w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00FE22D8" w14:paraId="4ECFF916" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="323296"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00872CE4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="323296"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:t>Esmeijer, M.E.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00872CE4" w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00FE22D8" w14:paraId="1B939A76" w14:textId="77777777">
+    <w:p w:rsidRPr="001D142A" w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00FE22D8" w14:paraId="1B939A76" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="969696"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00872CE4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="969696"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:t>plaatsvervangend griffier</w:t>
       </w:r>
-      <w:r w:rsidRPr="00872CE4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="969696"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:br/>
         <w:t>GC Sociaal en Financieel</w:t>
       </w:r>
-      <w:r w:rsidRPr="00872CE4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001D142A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="969696"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:br/>
         <w:t>Tweede Kamer der Staten-Generaal</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FE22D8" w:rsidP="00FE22D8" w:rsidRDefault="00FE22D8" w14:paraId="08994FB3" w14:textId="77777777"/>
     <w:p w:rsidR="000051C4" w:rsidRDefault="000051C4" w14:paraId="72403143" w14:textId="12EF69A1"/>
     <w:sectPr w:rsidR="000051C4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -490,56 +566,176 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12D53AD6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C82A7860"/>
+    <w:lvl w:ilvl="0" w:tplc="04130001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="210A4107"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA4CE7F2"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -608,51 +804,164 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61AE1E84"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D8526E22"/>
+    <w:lvl w:ilvl="0" w:tplc="04130001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64764FD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3FB8C7A8"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -721,51 +1030,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67A91D8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="055E2742"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -835,110 +1144,134 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="659503707">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="960184479">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="459497660">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1678573890">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="395975865">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="960184479">
+  <w:num w:numId="6" w16cid:durableId="2111657283">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="123"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE22D8"/>
     <w:rsid w:val="000051C4"/>
     <w:rsid w:val="00024F73"/>
     <w:rsid w:val="000673EB"/>
     <w:rsid w:val="00083E79"/>
     <w:rsid w:val="000A7387"/>
     <w:rsid w:val="000D7699"/>
     <w:rsid w:val="000F6D81"/>
     <w:rsid w:val="00193B47"/>
     <w:rsid w:val="001A7DA7"/>
+    <w:rsid w:val="001D142A"/>
     <w:rsid w:val="00246D31"/>
     <w:rsid w:val="00281DA0"/>
     <w:rsid w:val="002C7407"/>
     <w:rsid w:val="002E4992"/>
     <w:rsid w:val="00322B27"/>
     <w:rsid w:val="0036471C"/>
     <w:rsid w:val="005436A1"/>
     <w:rsid w:val="005552F8"/>
     <w:rsid w:val="00557E7F"/>
     <w:rsid w:val="00561000"/>
+    <w:rsid w:val="005B0842"/>
     <w:rsid w:val="006C2CBC"/>
     <w:rsid w:val="006D1F13"/>
     <w:rsid w:val="0070654B"/>
     <w:rsid w:val="0073733F"/>
+    <w:rsid w:val="00774387"/>
     <w:rsid w:val="00820539"/>
     <w:rsid w:val="00825649"/>
+    <w:rsid w:val="00837432"/>
     <w:rsid w:val="00886447"/>
     <w:rsid w:val="008C27CE"/>
     <w:rsid w:val="008D5939"/>
     <w:rsid w:val="008E34BC"/>
     <w:rsid w:val="00991853"/>
+    <w:rsid w:val="009A7001"/>
     <w:rsid w:val="009B252D"/>
     <w:rsid w:val="009E5DF8"/>
+    <w:rsid w:val="00A24A74"/>
     <w:rsid w:val="00A44063"/>
     <w:rsid w:val="00A60A7C"/>
     <w:rsid w:val="00AF6E74"/>
     <w:rsid w:val="00B61E46"/>
     <w:rsid w:val="00B62F76"/>
     <w:rsid w:val="00B65ABF"/>
     <w:rsid w:val="00B749F3"/>
     <w:rsid w:val="00B775C2"/>
     <w:rsid w:val="00C018B4"/>
     <w:rsid w:val="00C0648A"/>
     <w:rsid w:val="00CC4874"/>
     <w:rsid w:val="00CD149A"/>
     <w:rsid w:val="00D241FC"/>
     <w:rsid w:val="00EA5806"/>
     <w:rsid w:val="00F67DE8"/>
     <w:rsid w:val="00FA4C85"/>
     <w:rsid w:val="00FE22D8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -1928,51 +2261,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1952934171">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlisweb.tweedekamer.nl/parlis/zaak.aspx?id=e73bb5d1-268a-45ad-8e3b-d9910df32ded" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2235,67 +2568,67 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>1</ap:Pages>
-  <ap:Words>75</ap:Words>
-  <ap:Characters>415</ap:Characters>
+  <ap:Words>156</ap:Words>
+  <ap:Characters>858</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>3</ap:Lines>
-  <ap:Paragraphs>1</ap:Paragraphs>
+  <ap:Lines>7</ap:Lines>
+  <ap:Paragraphs>2</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr/>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>489</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>1012</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <dc:description>------------------------</dc:description>
   <lastModifiedBy/>
   <revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <version/>
   <category/>
 </coreProperties>
 </file>