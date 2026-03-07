--- v0 (2026-01-10)
+++ v1 (2026-03-07)
@@ -126,65 +126,65 @@
                             </w:r>
                             <w:r w:rsidR="00167D12">
                               <w:t>van de vaste commissies</w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidRPr="00514BAD" w:rsidR="00F54A54" w:rsidP="0087673D" w:rsidRDefault="008730DA" w14:paraId="679288C1" w14:textId="0D521028">
                             <w:pPr>
                               <w:pStyle w:val="Standaard65"/>
                             </w:pPr>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidR="00514BAD">
                               <w:t xml:space="preserve">         </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00514BAD" w:rsidR="00514BAD">
                               <w:t>van</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00514BAD" w:rsidR="00514BAD">
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidR="0087673D">
                               <w:t>Joost Sneller</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidRPr="00771134" w:rsidR="008730DA" w:rsidP="008730DA" w:rsidRDefault="008730DA" w14:paraId="7B9531C5" w14:textId="100F2082">
+                          <w:p w:rsidRPr="00771134" w:rsidR="008730DA" w:rsidP="008730DA" w:rsidRDefault="008730DA" w14:paraId="7B9531C5" w14:textId="32C50259">
                             <w:pPr>
                               <w:pStyle w:val="Standaard65"/>
                             </w:pPr>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="00771134">
                               <w:t>datum</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00771134">
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidR="003E090D">
-                              <w:t xml:space="preserve">… januari </w:t>
+                              <w:t xml:space="preserve">januari </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:lang w:val="de-DE"/>
                                 </w:rPr>
                                 <w:id w:val="-197937237"/>
                                 <w:date>
                                   <w:dateFormat w:val="d MMMM yyyy"/>
                                   <w:lid w:val="nl-NL"/>
                                   <w:storeMappedDataAs w:val="dateTime"/>
                                   <w:calendar w:val="gregorian"/>
                                 </w:date>
                               </w:sdtPr>
                               <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="00630A84">
                                   <w:t>202</w:t>
                                 </w:r>
                                 <w:r w:rsidR="003E090D">
                                   <w:t>6</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
@@ -337,65 +337,65 @@
                       </w:r>
                       <w:r w:rsidR="00167D12">
                         <w:t>van de vaste commissies</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidRPr="00514BAD" w:rsidR="00F54A54" w:rsidP="0087673D" w:rsidRDefault="008730DA" w14:paraId="679288C1" w14:textId="0D521028">
                       <w:pPr>
                         <w:pStyle w:val="Standaard65"/>
                       </w:pPr>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidR="00514BAD">
                         <w:t xml:space="preserve">         </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00514BAD" w:rsidR="00514BAD">
                         <w:t>van</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00514BAD" w:rsidR="00514BAD">
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidR="0087673D">
                         <w:t>Joost Sneller</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="00771134" w:rsidR="008730DA" w:rsidP="008730DA" w:rsidRDefault="008730DA" w14:paraId="7B9531C5" w14:textId="100F2082">
+                    <w:p w:rsidRPr="00771134" w:rsidR="008730DA" w:rsidP="008730DA" w:rsidRDefault="008730DA" w14:paraId="7B9531C5" w14:textId="32C50259">
                       <w:pPr>
                         <w:pStyle w:val="Standaard65"/>
                       </w:pPr>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="00771134">
                         <w:t>datum</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00771134">
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidR="003E090D">
-                        <w:t xml:space="preserve">… januari </w:t>
+                        <w:t xml:space="preserve">januari </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:lang w:val="de-DE"/>
                           </w:rPr>
                           <w:id w:val="-197937237"/>
                           <w:date>
                             <w:dateFormat w:val="d MMMM yyyy"/>
                             <w:lid w:val="nl-NL"/>
                             <w:storeMappedDataAs w:val="dateTime"/>
                             <w:calendar w:val="gregorian"/>
                           </w:date>
                         </w:sdtPr>
                         <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="00630A84">
                             <w:t>202</w:t>
                           </w:r>
                           <w:r w:rsidR="003E090D">
                             <w:t>6</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
@@ -8498,50 +8498,51 @@
     <w:rsid w:val="002718D5"/>
     <w:rsid w:val="00271A55"/>
     <w:rsid w:val="00271F77"/>
     <w:rsid w:val="00273574"/>
     <w:rsid w:val="002741A3"/>
     <w:rsid w:val="002741EF"/>
     <w:rsid w:val="002748C9"/>
     <w:rsid w:val="00275181"/>
     <w:rsid w:val="002752DE"/>
     <w:rsid w:val="0027544E"/>
     <w:rsid w:val="00275475"/>
     <w:rsid w:val="002755CE"/>
     <w:rsid w:val="00275CDC"/>
     <w:rsid w:val="00276376"/>
     <w:rsid w:val="0027666E"/>
     <w:rsid w:val="00276BD5"/>
     <w:rsid w:val="002770A3"/>
     <w:rsid w:val="00277774"/>
     <w:rsid w:val="00280E33"/>
     <w:rsid w:val="00281377"/>
     <w:rsid w:val="0028185F"/>
     <w:rsid w:val="00281F63"/>
     <w:rsid w:val="00283BC0"/>
     <w:rsid w:val="002842B3"/>
     <w:rsid w:val="0028443A"/>
+    <w:rsid w:val="00284ADE"/>
     <w:rsid w:val="00284E5A"/>
     <w:rsid w:val="00285810"/>
     <w:rsid w:val="00285952"/>
     <w:rsid w:val="002874DA"/>
     <w:rsid w:val="002909DC"/>
     <w:rsid w:val="00291523"/>
     <w:rsid w:val="00291C67"/>
     <w:rsid w:val="00292B38"/>
     <w:rsid w:val="00292DA1"/>
     <w:rsid w:val="002932CE"/>
     <w:rsid w:val="002933FE"/>
     <w:rsid w:val="00293FA8"/>
     <w:rsid w:val="00294059"/>
     <w:rsid w:val="00294362"/>
     <w:rsid w:val="002946CE"/>
     <w:rsid w:val="00294CD7"/>
     <w:rsid w:val="00294FCF"/>
     <w:rsid w:val="002952D5"/>
     <w:rsid w:val="00295301"/>
     <w:rsid w:val="0029541D"/>
     <w:rsid w:val="00295800"/>
     <w:rsid w:val="002968E7"/>
     <w:rsid w:val="002973EB"/>
     <w:rsid w:val="002A0077"/>
     <w:rsid w:val="002A074C"/>
@@ -9620,50 +9621,51 @@
     <w:rsid w:val="006862EE"/>
     <w:rsid w:val="006865A2"/>
     <w:rsid w:val="00686D17"/>
     <w:rsid w:val="00686F33"/>
     <w:rsid w:val="006879D0"/>
     <w:rsid w:val="00690386"/>
     <w:rsid w:val="00690EAF"/>
     <w:rsid w:val="006911B8"/>
     <w:rsid w:val="006912F8"/>
     <w:rsid w:val="0069161D"/>
     <w:rsid w:val="00691949"/>
     <w:rsid w:val="00693220"/>
     <w:rsid w:val="006935BA"/>
     <w:rsid w:val="0069436A"/>
     <w:rsid w:val="00694408"/>
     <w:rsid w:val="0069472C"/>
     <w:rsid w:val="006949B0"/>
     <w:rsid w:val="00694A05"/>
     <w:rsid w:val="0069732C"/>
     <w:rsid w:val="00697ED4"/>
     <w:rsid w:val="006A05EA"/>
     <w:rsid w:val="006A107C"/>
     <w:rsid w:val="006A1A5E"/>
     <w:rsid w:val="006A1FE9"/>
     <w:rsid w:val="006A2686"/>
+    <w:rsid w:val="006A29F0"/>
     <w:rsid w:val="006A2B0B"/>
     <w:rsid w:val="006A2DB2"/>
     <w:rsid w:val="006A2E4A"/>
     <w:rsid w:val="006A2EA2"/>
     <w:rsid w:val="006A3CB7"/>
     <w:rsid w:val="006A41CE"/>
     <w:rsid w:val="006A46BA"/>
     <w:rsid w:val="006A4C5A"/>
     <w:rsid w:val="006A4FA0"/>
     <w:rsid w:val="006A4FD3"/>
     <w:rsid w:val="006A5750"/>
     <w:rsid w:val="006A5766"/>
     <w:rsid w:val="006A5C98"/>
     <w:rsid w:val="006A6DBD"/>
     <w:rsid w:val="006A722A"/>
     <w:rsid w:val="006A7264"/>
     <w:rsid w:val="006A7E33"/>
     <w:rsid w:val="006A7F61"/>
     <w:rsid w:val="006B020A"/>
     <w:rsid w:val="006B0867"/>
     <w:rsid w:val="006B1504"/>
     <w:rsid w:val="006B18F6"/>
     <w:rsid w:val="006B1B10"/>
     <w:rsid w:val="006B25A0"/>
     <w:rsid w:val="006B2656"/>
@@ -15129,51 +15131,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>5</ap:Pages>
   <ap:Words>1007</ap:Words>
   <ap:Characters>5542</ap:Characters>
-  <ap:DocSecurity>4</ap:DocSecurity>
+  <ap:DocSecurity>0</ap:DocSecurity>
   <ap:Lines>46</ap:Lines>
   <ap:Paragraphs>13</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="2">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </ap:TitlesOfParts>