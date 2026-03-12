--- v0 (2026-01-30)
+++ v1 (2026-03-12)
@@ -1,3018 +1,849 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00BF2437" w:rsidP="004D2DD7" w:rsidRDefault="00B02BE1" w14:paraId="2DF8D8E2" w14:textId="2DBD54F6">
-[...1 lines deleted...]
-        <w:t>Geachte Voorzitter,</w:t>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00C311C6" w:rsidRDefault="00253302" w14:paraId="3658444F" w14:textId="499488EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6" w:rsidR="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>625</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6" w:rsidR="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6" w:rsidR="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Waterbeleid</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147B2E" w:rsidP="004D2DD7" w:rsidRDefault="00147B2E" w14:paraId="487AAB93" w14:textId="77777777"/>
-[...35 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00C311C6" w:rsidP="00C311C6" w:rsidRDefault="00C311C6" w14:paraId="76C19267" w14:textId="625558B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>037</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Mestbeleid</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00C311C6" w:rsidP="00C311C6" w:rsidRDefault="00C311C6" w14:paraId="150439FD" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="1410" w:hanging="1410"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6" w:rsidR="00253302">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>736</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Brief van de minister van Landbouw, Visserij, Voedselzekerheid en Natuur</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00C311C6" w:rsidP="00C311C6" w:rsidRDefault="00C311C6" w14:paraId="76AF4619" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Aan de Voorzitter van de Tweede Kamer der Staten-Generaal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00C311C6" w:rsidP="00C311C6" w:rsidRDefault="00C311C6" w14:paraId="7C845E2D" w14:textId="6BF5C11F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Den Haag, 30 januari 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6" w:rsidR="00253302">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00253302" w:rsidP="00253302" w:rsidRDefault="00253302" w14:paraId="4450BF1C" w14:textId="3074A218">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>De vaste commissie voor Landbouw, Visserij, Voedselzekerheid en Natuur heeft in haar procedurevergadering van 17 december 2025 verzocht om een reactie op de brief van ZuivelNL d.d. 4 december 2025 “Aanbieding statement ‘Beperkingen op grasland leiden tot verslechtering waterkwaliteit’ van ZuivelNL”. Dit statement is door ZuivelNL aan uw Kamer aangeboden in het licht van de besluitvorming rondom het 8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> actieprogramma (8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00147B2E">
-        <w:rPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> AP) in december 2025. In deze brief ga ik in op de context waarin dit statement is verzonden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147B2E" w:rsidP="004D2DD7" w:rsidRDefault="00147B2E" w14:paraId="30A8E85A" w14:textId="77777777"/>
-[...13 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00253302" w:rsidP="00253302" w:rsidRDefault="00253302" w14:paraId="68C05C0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00253302" w:rsidP="00253302" w:rsidRDefault="00253302" w14:paraId="3698587B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Het statement van ZuivelNL gaat in op bezwaren die de Nederlandse zuivelketen eind 2025 heeft geuit op één van de onderdelen van het concept 8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> schetst dat als gevolg van deze veranderingen melkveehouders grasland omzetten in bouwland en dat dit de opgave voor de waterkwaliteit vergroot. </w:t>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AP, namelijk de in dat kader voorgenomen wijziging van de stikstofgebruiksnormen. De zuivelketen benadrukt dat die voorgenomen aanpassing van de stikstofgebruiksnormen zorgt voor beperkingen in de gebruiksmogelijkheden van grasland. Daarbij wordt de druk op de melkveehouderij geschetst door diverse veranderingen, waaronder de beëindiging van de derogatie. ZuivelNL schetst dat als gevolg van deze veranderingen melkveehouders grasland omzetten in bouwland en dat dit de opgave voor de waterkwaliteit vergroot. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147B2E" w:rsidP="004D2DD7" w:rsidRDefault="00147B2E" w14:paraId="5CDB39C0" w14:textId="77777777"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00253302" w:rsidP="00253302" w:rsidRDefault="00253302" w14:paraId="0D8746E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00253302" w:rsidP="00253302" w:rsidRDefault="00253302" w14:paraId="19B77B5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>Op 19 december 2025 heb ik uw Kamer geïnformeerd over de besluitvorming rondom het 8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E74CC1">
-        <w:rPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> actieprogramma Nitraatrichtlijn (8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00730EFD">
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> AP)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C311C6">
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>. Met het niet vaststellen van het 8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00147B2E">
-        <w:rPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> AP zullen de in het concept 8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E74CC1">
-        <w:rPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-      <w:r w:rsidR="00730EFD">
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AP voorgenomen wijzigingen van regelgeving niet worden doorgevoerd. Dit betekent dat de bezwaren in het voornoemde statement van ZuivelNL op dit moment niet opportuun zijn. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00253302" w:rsidP="00253302" w:rsidRDefault="00253302" w14:paraId="2F044CCB" w14:textId="5A1CDEF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00253302" w:rsidP="00253302" w:rsidRDefault="00253302" w14:paraId="5302CF74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Het is aan het nieuwe kabinet om te besluiten over het 8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AP en het in dat kader betrekken van het statement van ZuivelNL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00253302" w:rsidP="00C311C6" w:rsidRDefault="00253302" w14:paraId="2DDD6876" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00C311C6" w:rsidP="00C311C6" w:rsidRDefault="00C311C6" w14:paraId="2FAFA5F8" w14:textId="651DE614">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>De m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>inister van Landbouw, Visserij, Voedselzekerheid en Natuur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00253302" w:rsidP="00C311C6" w:rsidRDefault="00253302" w14:paraId="68F88151" w14:textId="732CB676">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6" w:rsidR="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C311C6" w:rsidR="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Wiersma</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007E7888" w:rsidRDefault="007E7888" w14:paraId="14D40005" w14:textId="77777777">
+    <w:p w:rsidRPr="00C311C6" w:rsidR="00F80165" w:rsidP="00C311C6" w:rsidRDefault="00F80165" w14:paraId="4EA7FF9C" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00147B2E" w:rsidP="004D2DD7" w:rsidRDefault="00730EFD" w14:paraId="61435EA1" w14:textId="75AD4F9C">
-[...86 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+    <w:sectPr w:rsidRPr="00C311C6" w:rsidR="00F80165" w:rsidSect="002B4FAF">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2398" w:right="2818" w:bottom="1077" w:left="1559" w:header="2398" w:footer="561" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
+      <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0DA76B81" w14:textId="77777777" w:rsidR="00111378" w:rsidRDefault="00111378">
+    <w:p w14:paraId="4AF61ED4" w14:textId="77777777" w:rsidR="00253302" w:rsidRDefault="00253302" w:rsidP="00253302">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD3F869" w14:textId="77777777" w:rsidR="00111378" w:rsidRDefault="00111378"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1DD7491E" w14:textId="77777777" w:rsidR="00111378" w:rsidRDefault="00111378">
+    <w:p w14:paraId="0A1B242B" w14:textId="77777777" w:rsidR="00253302" w:rsidRDefault="00253302" w:rsidP="00253302">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="671CB98C" w14:textId="77777777" w:rsidR="00111378" w:rsidRDefault="00111378"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...26 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana-Bold">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="KIX Barcode">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="800000A7" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5909F19E" w14:textId="294C737E" w:rsidR="00527BD4" w:rsidRPr="00BC3B53" w:rsidRDefault="00527BD4" w:rsidP="008C356D">
+  <w:p w14:paraId="44181C23" w14:textId="77777777" w:rsidR="00253302" w:rsidRPr="00253302" w:rsidRDefault="00253302" w:rsidP="00253302">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-[...79 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...65 lines deleted...]
-  <w:p w14:paraId="0099C7D2" w14:textId="77777777" w:rsidR="00527BD4" w:rsidRPr="00BC3B53" w:rsidRDefault="00527BD4" w:rsidP="008C356D">
+  <w:p w14:paraId="45B9C5F6" w14:textId="77777777" w:rsidR="00253302" w:rsidRPr="00253302" w:rsidRDefault="00253302" w:rsidP="00253302">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="26937917" w14:textId="77777777" w:rsidR="00527BD4" w:rsidRPr="00BC3B53" w:rsidRDefault="00527BD4" w:rsidP="00023E9A">
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3DC4308B" w14:textId="77777777" w:rsidR="00253302" w:rsidRPr="00253302" w:rsidRDefault="00253302" w:rsidP="00253302">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2631DF39" w14:textId="77777777" w:rsidR="00111378" w:rsidRDefault="00111378">
+    <w:p w14:paraId="0760D2A4" w14:textId="77777777" w:rsidR="00253302" w:rsidRDefault="00253302" w:rsidP="00253302">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="624D46CD" w14:textId="77777777" w:rsidR="00111378" w:rsidRDefault="00111378"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="694E7393" w14:textId="77777777" w:rsidR="00111378" w:rsidRDefault="00111378">
+    <w:p w14:paraId="7332C344" w14:textId="77777777" w:rsidR="00253302" w:rsidRDefault="00253302" w:rsidP="00253302">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01B4B8BB" w14:textId="77777777" w:rsidR="00111378" w:rsidRDefault="00111378"/>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="70922532" w14:textId="77777777" w:rsidR="00147B2E" w:rsidRDefault="00147B2E" w:rsidP="00147B2E">
+    <w:p w14:paraId="697796A3" w14:textId="31886F26" w:rsidR="00253302" w:rsidRPr="00C311C6" w:rsidRDefault="00253302" w:rsidP="00C311C6">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C311C6">
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> Kamerstukken II, 2025/26, 33037, nr. 635.</w:t>
+      <w:r w:rsidRPr="00C311C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kamerstukken II, 2025/26, 33 037, nr. 635.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...100 lines deleted...]
-      </w:rPr>
+  <w:p w14:paraId="1BD9979A" w14:textId="77777777" w:rsidR="00253302" w:rsidRPr="00253302" w:rsidRDefault="00253302" w:rsidP="00253302">
+    <w:pPr>
+      <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...546 lines deleted...]
-  <w:p w14:paraId="50EE7BE8" w14:textId="77777777" w:rsidR="00527BD4" w:rsidRPr="00BC4AE3" w:rsidRDefault="00527BD4" w:rsidP="00BC4AE3">
+  <w:p w14:paraId="76A4A51B" w14:textId="77777777" w:rsidR="00253302" w:rsidRPr="00253302" w:rsidRDefault="00253302" w:rsidP="00253302">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...919 lines deleted...]
-</w:numbering>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3AC68B84" w14:textId="77777777" w:rsidR="00253302" w:rsidRPr="00253302" w:rsidRDefault="00253302" w:rsidP="00253302">
+    <w:pPr>
+      <w:pStyle w:val="Koptekst"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-[...5 lines deleted...]
-  <w:defaultTabStop w:val="709"/>
+  <w:zoom w:percent="110"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C83DBC"/>
-[...618 lines deleted...]
-    <w:rsid w:val="00FF488C"/>
+    <w:rsidRoot w:val="00253302"/>
+    <w:rsid w:val="00235F53"/>
+    <w:rsid w:val="00253302"/>
+    <w:rsid w:val="002B4FAF"/>
+    <w:rsid w:val="004B1DF8"/>
+    <w:rsid w:val="00C311C6"/>
+    <w:rsid w:val="00EA20A8"/>
+    <w:rsid w:val="00F80165"/>
+    <w:rsid w:val="00FC3DE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="52EF8D98"/>
+  <w14:docId w14:val="7C01D91F"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{FA26A2B4-F458-4450-8039-F00D1B4DBB90}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3034,74 +865,75 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -3250,1084 +1082,1179 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C82AFE"/>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00023E9A"/>
+    <w:rsid w:val="00253302"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00023E9A"/>
+    <w:rsid w:val="00253302"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00023E9A"/>
+    <w:rsid w:val="00253302"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop4Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00253302"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Koptekst">
-[...349 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
     <w:name w:val="Kop 1 Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Kop1"/>
-    <w:rsid w:val="00841CD9"/>
-[...7 lines deleted...]
-      <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop2Char">
     <w:name w:val="Kop 2 Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Kop2"/>
-    <w:rsid w:val="00841CD9"/>
-[...8 lines deleted...]
-      <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop3Char">
     <w:name w:val="Kop 3 Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Kop3"/>
-    <w:rsid w:val="00841CD9"/>
-[...6 lines deleted...]
-      <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop4Char">
     <w:name w:val="Kop 4 Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Kop4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00841CD9"/>
-[...3 lines deleted...]
-      <w:bCs/>
+    <w:semiHidden/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
-[...3 lines deleted...]
-    <w:name w:val="Normal Indent"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop5Char">
+    <w:name w:val="Kop 5 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop6Char">
+    <w:name w:val="Kop 6 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop7Char">
+    <w:name w:val="Kop 7 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop8Char">
+    <w:name w:val="Kop 8 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop9Char">
+    <w:name w:val="Kop 9 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titel">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Standaard"/>
-    <w:uiPriority w:val="99"/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="TitelChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitelChar">
+    <w:name w:val="Titel Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Titel"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ondertitel">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="OndertitelChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00253302"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
-      <w:ind w:left="86"/>
-[...5 lines deleted...]
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
-      <w:sz w:val="24"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OndertitelChar">
     <w:name w:val="Ondertitel Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Ondertitel"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00841CD9"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citaat">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="CitaatChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
-[...6 lines deleted...]
-    <w:name w:val="Title"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaatChar">
+    <w:name w:val="Citaat Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Citaat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lijstalinea">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Intensievebenadrukking">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Duidelijkcitaat">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
-    <w:link w:val="TitelChar"/>
-    <w:uiPriority w:val="10"/>
+    <w:link w:val="DuidelijkcitaatChar"/>
+    <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00253302"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
-      <w:spacing w:after="300"/>
-[...31 lines deleted...]
-    <w:rsid w:val="00D1197D"/>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DuidelijkcitaatChar">
+    <w:name w:val="Duidelijk citaat Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Duidelijkcitaat"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Intensieveverwijzing">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Koptekst">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="KoptekstChar"/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KoptekstChar">
+    <w:name w:val="Koptekst Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Koptekst"/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Voettekst">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="VoettekstChar"/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="VoettekstChar">
     <w:name w:val="Voettekst Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Voettekst"/>
-    <w:rsid w:val="00DE555F"/>
+    <w:rsid w:val="00253302"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
-[...3 lines deleted...]
-    <w:name w:val="Normal (Web)"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-Adres">
+    <w:name w:val="Huisstijl-Adres"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="Huisstijl-AdresChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="192"/>
+      </w:tabs>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="90" w:line="180" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:noProof/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="13"/>
+      <w:szCs w:val="13"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Huisstijl-GegevenCharChar">
+    <w:name w:val="Huisstijl-Gegeven Char Char"/>
+    <w:link w:val="Huisstijl-Gegeven"/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:noProof/>
+      <w:sz w:val="13"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="nl-NL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-Gegeven">
+    <w:name w:val="Huisstijl-Gegeven"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="Huisstijl-GegevenCharChar"/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:spacing w:after="92" w:line="180" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:noProof/>
+      <w:sz w:val="13"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="nl-NL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-Rubricering">
+    <w:name w:val="Huisstijl-Rubricering"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="180" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana-Bold"/>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:noProof/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="13"/>
+      <w:szCs w:val="13"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-NAW">
+    <w:name w:val="Huisstijl-NAW"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:noProof/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-Retouradres">
+    <w:name w:val="Huisstijl-Retouradres"/>
     <w:basedOn w:val="Standaard"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="180" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:noProof/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="13"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-Kopje">
+    <w:name w:val="Huisstijl-Kopje"/>
+    <w:basedOn w:val="Huisstijl-Gegeven"/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Huisstijl-Paginanummering">
+    <w:name w:val="Huisstijl-Paginanummering"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="180" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:noProof/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="13"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Huisstijl-AdresChar">
+    <w:name w:val="Huisstijl-Adres Char"/>
+    <w:link w:val="Huisstijl-Adres"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:noProof/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="13"/>
+      <w:szCs w:val="13"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Voetnoottekst">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="VoetnoottekstChar"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0079225C"/>
-[...20 lines deleted...]
-      <w:sz w:val="20"/>
+    <w:rsid w:val="00253302"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="180" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="13"/>
       <w:szCs w:val="20"/>
-    </w:rPr>
-[...2 lines deleted...]
-    <w:name w:val="Tekst opmerking Char"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VoetnoottekstChar">
+    <w:name w:val="Voetnoottekst Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:link w:val="Tekstopmerking"/>
-[...16 lines deleted...]
-      <w:szCs w:val="16"/>
+    <w:link w:val="Voetnoottekst"/>
+    <w:rsid w:val="00253302"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="13"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="nl-NL"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Voetnootmarkering">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D84E8A"/>
+    <w:rsid w:val="00253302"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Geenafstand">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C311C6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{4bde8109-f994-4a60-a1d3-5c95e2ff3620}" enabled="1" method="Privileged" siteId="{1321633e-f6b9-44e2-a44f-59b9d264ecb7}" contentBits="0" removed="0"/>
+  <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <ap:Pages>2</ap:Pages>
-[...1 lines deleted...]
-  <ap:Characters>1523</ap:Characters>
+  <ap:Pages>1</ap:Pages>
+  <ap:Words>300</ap:Words>
+  <ap:Characters>1655</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>12</ap:Lines>
+  <ap:Lines>13</ap:Lines>
   <ap:Paragraphs>3</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>1788</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>1952</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
+  <dc:subject/>
   <dc:creator/>
+  <keywords/>
+  <dc:description>------------------------</dc:description>
   <lastModifiedBy/>
   <revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:description>------------------------</dc:description>
-[...1 lines deleted...]
-  <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>