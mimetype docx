--- v0 (2026-02-06)
+++ v1 (2026-03-05)
@@ -809,51 +809,59 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>De begrotingsstaat wordt als volgt gewijzigd:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00741EB2" w:rsidP="00FB349A" w:rsidRDefault="00741EB2" w14:paraId="08753B67" w14:textId="1F5C4390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00387ED4" w:rsidP="00FB349A" w:rsidRDefault="00387ED4" w14:paraId="5688846C" w14:textId="130761FC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001013C0" w:rsidR="00387ED4" w:rsidP="008306F4" w:rsidRDefault="008306F4" w14:paraId="4B15D448" w14:textId="0D42CE77">
+    <w:p w:rsidR="008031C8" w:rsidP="008306F4" w:rsidRDefault="008031C8" w14:paraId="173B96DD" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001013C0" w:rsidR="00387ED4" w:rsidP="008306F4" w:rsidRDefault="008306F4" w14:paraId="4B15D448" w14:textId="66A30675">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001013C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r w:rsidRPr="001013C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>artikel 1 Openbaar bestuur en democratie</w:t>
       </w:r>
       <w:r w:rsidRPr="001013C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> worden het verplichtingenbedrag en het uitgavenbedrag </w:t>
@@ -1424,83 +1432,85 @@
     <w:rsid w:val="001A6B5A"/>
     <w:rsid w:val="001A73D3"/>
     <w:rsid w:val="001C1D32"/>
     <w:rsid w:val="001C562D"/>
     <w:rsid w:val="001D0CC7"/>
     <w:rsid w:val="001E0880"/>
     <w:rsid w:val="001E2226"/>
     <w:rsid w:val="001E281F"/>
     <w:rsid w:val="001F7334"/>
     <w:rsid w:val="00233D1A"/>
     <w:rsid w:val="002569BB"/>
     <w:rsid w:val="002C07F9"/>
     <w:rsid w:val="003050FF"/>
     <w:rsid w:val="003138F1"/>
     <w:rsid w:val="00366256"/>
     <w:rsid w:val="003878C0"/>
     <w:rsid w:val="00387ED4"/>
     <w:rsid w:val="00390E89"/>
     <w:rsid w:val="003A2EA2"/>
     <w:rsid w:val="003D0058"/>
     <w:rsid w:val="003D0ADC"/>
     <w:rsid w:val="003D4FB9"/>
     <w:rsid w:val="003E5927"/>
     <w:rsid w:val="00401A49"/>
     <w:rsid w:val="00417365"/>
+    <w:rsid w:val="0043229C"/>
     <w:rsid w:val="00434FF3"/>
     <w:rsid w:val="00451261"/>
     <w:rsid w:val="00470846"/>
     <w:rsid w:val="00475326"/>
     <w:rsid w:val="0047650D"/>
     <w:rsid w:val="0048123B"/>
     <w:rsid w:val="004B2AE2"/>
     <w:rsid w:val="004B4E9F"/>
     <w:rsid w:val="004C2A57"/>
     <w:rsid w:val="004D05C5"/>
     <w:rsid w:val="004D1343"/>
     <w:rsid w:val="004D4BCF"/>
     <w:rsid w:val="004E2660"/>
     <w:rsid w:val="00586080"/>
     <w:rsid w:val="005A3739"/>
     <w:rsid w:val="005C554B"/>
     <w:rsid w:val="005D020F"/>
     <w:rsid w:val="005D5089"/>
     <w:rsid w:val="005E1D77"/>
     <w:rsid w:val="005E2658"/>
     <w:rsid w:val="005E482A"/>
     <w:rsid w:val="00646211"/>
     <w:rsid w:val="00652480"/>
     <w:rsid w:val="00675459"/>
     <w:rsid w:val="00692182"/>
     <w:rsid w:val="006D0064"/>
     <w:rsid w:val="00706A97"/>
     <w:rsid w:val="00724B4C"/>
     <w:rsid w:val="00736284"/>
     <w:rsid w:val="00741EB2"/>
     <w:rsid w:val="007958E0"/>
     <w:rsid w:val="00795FE0"/>
     <w:rsid w:val="007C5F77"/>
+    <w:rsid w:val="008031C8"/>
     <w:rsid w:val="008270AC"/>
     <w:rsid w:val="008306F4"/>
     <w:rsid w:val="00833C90"/>
     <w:rsid w:val="008467BE"/>
     <w:rsid w:val="0085309B"/>
     <w:rsid w:val="00854DAE"/>
     <w:rsid w:val="00867688"/>
     <w:rsid w:val="008819B7"/>
     <w:rsid w:val="008B4330"/>
     <w:rsid w:val="008C2D85"/>
     <w:rsid w:val="008D2C38"/>
     <w:rsid w:val="009226E6"/>
     <w:rsid w:val="00926C70"/>
     <w:rsid w:val="00932269"/>
     <w:rsid w:val="009347C2"/>
     <w:rsid w:val="0097286D"/>
     <w:rsid w:val="009E3549"/>
     <w:rsid w:val="009E6185"/>
     <w:rsid w:val="00A1221C"/>
     <w:rsid w:val="00A15019"/>
     <w:rsid w:val="00A95577"/>
     <w:rsid w:val="00AA4613"/>
     <w:rsid w:val="00AB3B92"/>
     <w:rsid w:val="00AD3FB9"/>
     <w:rsid w:val="00B24FC7"/>
@@ -2752,72 +2762,72 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{238cb507-3f71-4afe-aaab-8382731a4345}" enabled="0" method="" siteId="{238cb507-3f71-4afe-aaab-8382731a4345}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>1</ap:Pages>
   <ap:Words>270</ap:Words>
-  <ap:Characters>1527</ap:Characters>
+  <ap:Characters>1528</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:Lines>12</ap:Lines>
   <ap:Paragraphs>3</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>amtbeg</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>1794</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>1795</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>1999-09-17T13:34:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>